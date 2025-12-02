--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -29,91 +29,93 @@
   <Override PartName="/xl/tables/table16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table33.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table34.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table35.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table36.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table37.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table38.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table39.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table40.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table41.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table42.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\PRÁCTICAS\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28770" windowHeight="12420" activeTab="1"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28770" windowHeight="12420"/>
   </bookViews>
   <sheets>
     <sheet name="INSTRUCCIONES" sheetId="3" r:id="rId1"/>
     <sheet name="Anexo II" sheetId="1" r:id="rId2"/>
     <sheet name="Hoja-Ayuda" sheetId="2" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="PPP">'Hoja-Ayuda'!$AG$3:$AG$23</definedName>
     <definedName name="UNIVERSIDAD_MIGUEL_HERNÁNDEZ_DE_ELCHE">'Hoja-Ayuda'!$AG$3:$AG$23</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1060" uniqueCount="1048">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1078" uniqueCount="1063">
   <si>
     <t>ANEXO II - Información correspondiente al curso:</t>
   </si>
   <si>
     <t>Universidad:</t>
   </si>
   <si>
     <t>Titulación:</t>
   </si>
   <si>
     <t>Denominación de las prácticas en el plan de estudios</t>
   </si>
   <si>
     <t>ECTS</t>
   </si>
   <si>
     <t>Fecha de inicio de las prácticas</t>
   </si>
   <si>
     <t xml:space="preserve">Fecha de finalización </t>
   </si>
   <si>
     <t>Nombre y apellidos del estudiante</t>
   </si>
   <si>
@@ -251,87 +253,81 @@
   <si>
     <t>UPC_ Formación Pedagógica y Didáctica FP</t>
   </si>
   <si>
     <t>EUG_Máster Fisioterapia</t>
   </si>
   <si>
     <t>UCJC_Máster Universitario en Educación Secundaria</t>
   </si>
   <si>
     <t>UNIR _ Gr. Maestro I/ P Practicas I</t>
   </si>
   <si>
     <t>UAN_Grado en Psicología</t>
   </si>
   <si>
     <t>UAX_Máster Universitario en Profesorado de ESO y Bachillerato, FP y Enseñanza de Idiomas</t>
   </si>
   <si>
     <t>USAL_Grado Maestro EI Practicum II</t>
   </si>
   <si>
     <t>UCAM_Grado en Educación Infantil Practicum I</t>
   </si>
   <si>
-    <t>UOC_Máster en psicopedagogía</t>
-[...1 lines deleted...]
-  <si>
     <t>UCAV_Máster Profesorado en Educación Secundaria, Bachillerato, FP Y Escuela de Idiomas</t>
   </si>
   <si>
     <t>Ablitas - Esc. Ed. Inf. Ablitas Mi Cole</t>
   </si>
   <si>
     <t>Universidad de la Rioja</t>
   </si>
   <si>
     <t>UPNA_Máster Profesorado Prácticas I</t>
   </si>
   <si>
     <t>UNED_Gr. Psicología Prácticas</t>
   </si>
   <si>
     <t>UMON_Gr. Maestro I/P Prácticas 2</t>
   </si>
   <si>
     <t>UPV_Gr. Maestro I/P Prácticas 3</t>
   </si>
   <si>
     <t>UIC_Gr. Maestro I/P Prácticas</t>
   </si>
   <si>
     <t>UNIR _ Gr. Maestro I/ P Practicas II</t>
   </si>
   <si>
     <t>UAX_Formación Pedagógica y Didáctica</t>
   </si>
   <si>
     <t>UCAM_Grado en Educación Infantil Practicum II</t>
-  </si>
-[...1 lines deleted...]
-    <t>UOC_Máster en dificultades del aprendizaje y trastornos del lenguaje</t>
   </si>
   <si>
     <t>Aibar - CPEIP Aibar G. V. Casamayor</t>
   </si>
   <si>
     <t>Universidad Internacional de Valencia</t>
   </si>
   <si>
     <t>UPNA_Máster Profesorado Prácticas II</t>
   </si>
   <si>
     <t>UNED_Gr. Trabajo Social Prácticas</t>
   </si>
   <si>
     <t>VIU_Grado en Pedagogía</t>
   </si>
   <si>
     <t>UMON_Gr. Maestro I/P Prácticas 3</t>
   </si>
   <si>
     <t>UNIR _ Gr. Maestro I/ P Practicas III</t>
   </si>
   <si>
     <t>UAX_Máster Universitario en Neuropsicología Educativa</t>
   </si>
@@ -3379,50 +3375,101 @@
   </si>
   <si>
     <t>VIU_Grado en Educación Primaria Practicum II (Plan antiguo)</t>
   </si>
   <si>
     <t>VIU_Grado en Educación Primaria Practicum III (Plan antiguo)</t>
   </si>
   <si>
     <t>VIU_Grado en Educación Primaria Practicum IV (Plan antiguo)</t>
   </si>
   <si>
     <t>UNIR_Grado en Pedagogía I</t>
   </si>
   <si>
     <t>UNIR_Grado en Pedagogía II</t>
   </si>
   <si>
     <t>UEC_Graduado/a en Educación Primaria Prácticas I</t>
   </si>
   <si>
     <t>UEC_Graduado/a en Educación Primaria Prácticas II</t>
   </si>
   <si>
     <t>UEC_Graduado/a en Educación Primaria Prácticas III</t>
   </si>
+  <si>
+    <t>UNIVERSIDAD_TECNOLÓGICA_ATLÁNTICO_MEDITERRÁNEO</t>
+  </si>
+  <si>
+    <t>UTAMED_Grado en Educación Infantil Practicum I</t>
+  </si>
+  <si>
+    <t>UTAMED_Grado en Educación Infantil Practicum II</t>
+  </si>
+  <si>
+    <t>UTAMED_Grado en Educación Infantil Practicum III</t>
+  </si>
+  <si>
+    <t>UTAMED_Grado en Educación Primaria Practicum I</t>
+  </si>
+  <si>
+    <t>UTAMED_Máster Universitario en Formación del Profesorado de Educación Secundaria</t>
+  </si>
+  <si>
+    <t>UI1_Grado en Pedagogía (optativa 4º curso)</t>
+  </si>
+  <si>
+    <t>UI1_Grado en Logopedia Prácticas I (3er curso)</t>
+  </si>
+  <si>
+    <t>UI1_Grado en Logopedia Prácticas II (4º curso)</t>
+  </si>
+  <si>
+    <t>UI1_Grado en Logopedia Prácticas III (4º curso)</t>
+  </si>
+  <si>
+    <t>UI1_Máster en Psicopedagogía</t>
+  </si>
+  <si>
+    <t>UNIVERSIDAD_DE_LAS_HESPÉRIDES</t>
+  </si>
+  <si>
+    <t>.h_Máster Universitario en Formación del Profesorado de Educación Secundaria Obligatoria y Bachillerato, Formación Profesional y Enseñanzas de Idiomas</t>
+  </si>
+  <si>
+    <t>UOC_Máster Universitario en Psicopedagogía</t>
+  </si>
+  <si>
+    <t>UOC_Máster Universitario en Dificultades del Aprendizaje y Trastornos del Lenguaje</t>
+  </si>
+  <si>
+    <t>UOC_Grado en Psicología Practicum I</t>
+  </si>
+  <si>
+    <t>UOC_Grado en Psicología Practicum II</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="13.5"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -3507,50 +3554,51 @@
       <sz val="26"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF0E68C"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF99"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
@@ -4085,52 +4133,52 @@
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table17.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="17" name="UNIVERSIDAD_PONTIFICIA_DE_SALAMANCA" displayName="UNIVERSIDAD_PONTIFICIA_DE_SALAMANCA" ref="S3:S14" totalsRowShown="0">
   <autoFilter ref="S3:S14"/>
   <tableColumns count="1">
     <tableColumn id="1" name="UNIVERSIDAD_PONTIFICIA_DE_SALAMANCA"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table18.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="18" name="UNIVERSIDAD_EUROPEA_DE_MADRID" displayName="UNIVERSIDAD_EUROPEA_DE_MADRID" ref="T3:T33" totalsRowShown="0">
   <autoFilter ref="T3:T33"/>
   <tableColumns count="1">
     <tableColumn id="1" name="UNIVERSIDAD_EUROPEA_DE_MADRID"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table19.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="19" name="U._INTERNACIONAL_ISABEL_I_DE_CASTILLA" displayName="U._INTERNACIONAL_ISABEL_I_DE_CASTILLA" ref="U3:U19" totalsRowShown="0">
-  <autoFilter ref="U3:U19"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="19" name="U._INTERNACIONAL_ISABEL_I_DE_CASTILLA" displayName="U._INTERNACIONAL_ISABEL_I_DE_CASTILLA" ref="U3:U23" totalsRowShown="0">
+  <autoFilter ref="U3:U23"/>
   <tableColumns count="1">
     <tableColumn id="1" name="U._INTERNACIONAL_ISABEL_I_DE_CASTILLA"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="UNIVERSIDAD_DE_NAVARRA" displayName="UNIVERSIDAD_DE_NAVARRA" ref="D3:D17" totalsRowShown="0">
   <autoFilter ref="D3:D17"/>
   <tableColumns count="1">
     <tableColumn id="1" name="UNIVERSIDAD_DE_NAVARRA"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table20.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="20" name="UNIVERSIDAD_INTERNACIONAL_DE_LA_RIOJA" displayName="UNIVERSIDAD_INTERNACIONAL_DE_LA_RIOJA" ref="V3:V39" totalsRowShown="0">
   <autoFilter ref="V3:V39"/>
   <tableColumns count="1">
     <tableColumn id="1" name="UNIVERSIDAD_INTERNACIONAL_DE_LA_RIOJA"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
@@ -4175,52 +4223,52 @@
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table25.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="25" name="UNIVERSIDAD_DE_SALAMANCA" displayName="UNIVERSIDAD_DE_SALAMANCA" ref="AA3:AA4" totalsRowShown="0">
   <autoFilter ref="AA3:AA4"/>
   <tableColumns count="1">
     <tableColumn id="1" name="UNIVERSIDAD_DE_SALAMANCA"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table26.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="26" name="UNIVERSIDAD_CATÓLICA_SAN_ANTONIO_DE_MURCIA" displayName="UNIVERSIDAD_CATÓLICA_SAN_ANTONIO_DE_MURCIA" ref="AB3:AB14" totalsRowShown="0">
   <autoFilter ref="AB3:AB14"/>
   <tableColumns count="1">
     <tableColumn id="1" name="UNIVERSIDAD_CATÓLICA_SAN_ANTONIO_DE_MURCIA"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table27.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="27" name="UNIVERSIDAD_OBERTA_DE_CATALUNYA" displayName="UNIVERSIDAD_OBERTA_DE_CATALUNYA" ref="AC3:AC6" totalsRowShown="0">
-  <autoFilter ref="AC3:AC6"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="27" name="UNIVERSIDAD_OBERTA_DE_CATALUNYA" displayName="UNIVERSIDAD_OBERTA_DE_CATALUNYA" ref="AC3:AC9" totalsRowShown="0">
+  <autoFilter ref="AC3:AC9"/>
   <tableColumns count="1">
     <tableColumn id="1" name="UNIVERSIDAD_OBERTA_DE_CATALUNYA"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table28.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="28" name="UNIVERSIDAD_CARDENAL_HERRERA" displayName="UNIVERSIDAD_CARDENAL_HERRERA" ref="AD3:AD10" totalsRowShown="0">
   <autoFilter ref="AD3:AD10"/>
   <tableColumns count="1">
     <tableColumn id="1" name="UNIVERSIDAD_CARDENAL_HERRERA"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table29.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="29" name="UNIVERSIDAD_CATÓLICA_SANTA_TERESA_DE_JESÚS_DE_ÁVILA" displayName="UNIVERSIDAD_CATÓLICA_SANTA_TERESA_DE_JESÚS_DE_ÁVILA" ref="AE3:AE8" totalsRowShown="0">
   <autoFilter ref="AE3:AE8"/>
   <tableColumns count="1">
     <tableColumn id="1" name="UNIVERSIDAD_CATÓLICA_SANTA_TERESA_DE_JESÚS_DE_ÁVILA"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
@@ -4329,50 +4377,70 @@
 <file path=xl/tables/table39.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="40" name="UNIVERSIDAD_DE_LLEIDA" displayName="UNIVERSIDAD_DE_LLEIDA" ref="AO3:AO29" totalsRowShown="0">
   <autoFilter ref="AO3:AO29"/>
   <tableColumns count="1">
     <tableColumn id="1" name="UNIVERSIDAD_DE_LLEIDA"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="UNIVERSIDAD_DE_LA_RIOJA" displayName="UNIVERSIDAD_DE_LA_RIOJA" ref="F3:F10" totalsRowShown="0">
   <autoFilter ref="F3:F10"/>
   <tableColumns count="1">
     <tableColumn id="1" name="UNIVERSIDAD_DE_LA_RIOJA"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table40.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="39" name="UNIVERSIDAD_CATÓLICA_DE_VALENCIA_SAN_VICENTE_MÁRTIR" displayName="UNIVERSIDAD_CATÓLICA_DE_VALENCIA_SAN_VICENTE_MÁRTIR" ref="AP3:AP21" totalsRowShown="0">
   <autoFilter ref="AP3:AP21"/>
   <tableColumns count="1">
     <tableColumn id="1" name="UNIVERSIDAD_CATÓLICA_DE_VALENCIA_SAN_VICENTE_MÁRTIR"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table41.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="41" name="UNIVERSIDAD_TECNOLÓGICA_ATLÁNTICO_MEDITERRÁNEO" displayName="UNIVERSIDAD_TECNOLÓGICA_ATLÁNTICO_MEDITERRÁNEO" ref="AQ3:AQ10" totalsRowShown="0">
+  <autoFilter ref="AQ3:AQ10"/>
+  <tableColumns count="1">
+    <tableColumn id="1" name="UNIVERSIDAD_TECNOLÓGICA_ATLÁNTICO_MEDITERRÁNEO"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table42.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="42" name="UNIVERSIDAD_DE_LAS_HESPÉRIDES" displayName="UNIVERSIDAD_DE_LAS_HESPÉRIDES" ref="AR3:AR4" totalsRowShown="0">
+  <autoFilter ref="AR3:AR4"/>
+  <tableColumns count="1">
+    <tableColumn id="1" name="UNIVERSIDAD_DE_LAS_HESPÉRIDES"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table5.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="5" name="UNIVERSIDAD_INTERNACIONAL_DE_VALENCIA" displayName="UNIVERSIDAD_INTERNACIONAL_DE_VALENCIA" ref="G3:G39" totalsRowShown="0">
   <autoFilter ref="G3:G39"/>
   <tableColumns count="1">
     <tableColumn id="1" name="UNIVERSIDAD_INTERNACIONAL_DE_VALENCIA"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table6.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="6" name="UNIVERSIDAD_DE_VALLADOLID" displayName="UNIVERSIDAD_DE_VALLADOLID" ref="H3:H11" totalsRowShown="0">
   <autoFilter ref="H3:H11"/>
   <tableColumns count="1">
     <tableColumn id="1" name="UNIVERSIDAD_DE_VALLADOLID"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
@@ -4654,66 +4722,66 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table38.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table33.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table37.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table28.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table40.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table39.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table35.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table34.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table38.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table41.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table37.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table28.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table40.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table39.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table35.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table42.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A2:R29"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:H29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="2" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="22" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="B2" s="22"/>
       <c r="C2" s="22"/>
       <c r="D2" s="22"/>
       <c r="E2" s="22"/>
       <c r="F2" s="22"/>
       <c r="G2" s="22"/>
       <c r="H2" s="22"/>
       <c r="I2" s="10"/>
       <c r="J2" s="10"/>
       <c r="K2" s="10"/>
       <c r="L2" s="10"/>
       <c r="M2" s="10"/>
       <c r="N2" s="10"/>
       <c r="O2" s="10"/>
       <c r="P2" s="10"/>
       <c r="Q2" s="10"/>
       <c r="R2" s="10"/>
     </row>
     <row r="3" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="22"/>
       <c r="B3" s="22"/>
       <c r="C3" s="22"/>
       <c r="D3" s="22"/>
       <c r="E3" s="22"/>
@@ -4975,99 +5043,99 @@
       <c r="A29" s="22"/>
       <c r="B29" s="22"/>
       <c r="C29" s="22"/>
       <c r="D29" s="22"/>
       <c r="E29" s="22"/>
       <c r="F29" s="22"/>
       <c r="G29" s="22"/>
       <c r="H29" s="22"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:H29"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:I901"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E6" sqref="E6"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B3" sqref="B3:F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="27.7109375" customWidth="1"/>
     <col min="2" max="2" width="33" customWidth="1"/>
     <col min="3" max="3" width="18" customWidth="1"/>
     <col min="4" max="4" width="19.42578125" style="9" customWidth="1"/>
     <col min="5" max="5" width="23" style="9" customWidth="1"/>
     <col min="6" max="6" width="35.42578125" customWidth="1"/>
     <col min="7" max="7" width="19.7109375" customWidth="1"/>
     <col min="8" max="8" width="18.140625" customWidth="1"/>
     <col min="9" max="9" width="20.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="18" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="23" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="23"/>
       <c r="C1" s="23"/>
       <c r="D1" s="23"/>
       <c r="E1" s="24"/>
       <c r="F1" s="2" t="s">
-        <v>1013</v>
+        <v>1011</v>
       </c>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="4"/>
     </row>
     <row r="2" spans="1:9" ht="18" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="6"/>
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="12"/>
       <c r="E2" s="12"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
     </row>
     <row r="3" spans="1:9" ht="18" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="25" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="C3" s="26"/>
       <c r="D3" s="26"/>
       <c r="E3" s="26"/>
       <c r="F3" s="27"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
     </row>
     <row r="4" spans="1:9" ht="18" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="6"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="12"/>
       <c r="E4" s="12"/>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
     </row>
     <row r="5" spans="1:9" ht="30.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="7" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="8" t="s">
@@ -8427,4294 +8495,4350 @@
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="B3:F3"/>
   </mergeCells>
   <dataValidations count="4">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="SELECCIONAR DE LA LISTA DESPLEGABLE. NO INTRODUCIR DATOS A MANO" sqref="B6:B901">
       <formula1>INDIRECT($B$3)</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D1">
       <formula1>$AI$2:$AI$11</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E638:E1216">
       <formula1>$AK$2:$AK$11</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E562:E637">
       <formula1>$AQ$2:$AQ$11</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="4">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
-            <xm:f>'Hoja-Ayuda'!$AR$2:$AR$11</xm:f>
+            <xm:f>'Hoja-Ayuda'!$AT$2:$AT$11</xm:f>
           </x14:formula1>
           <xm:sqref>E6:E561</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
-            <xm:f>'Hoja-Ayuda'!$AQ$2:$AQ$11</xm:f>
+            <xm:f>'Hoja-Ayuda'!$AS$2:$AS$11</xm:f>
           </x14:formula1>
           <xm:sqref>D1763:D1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
-            <xm:f>'Hoja-Ayuda'!$AR$2:$AR$11</xm:f>
+            <xm:f>'Hoja-Ayuda'!$AT$2:$AT$11</xm:f>
           </x14:formula1>
           <xm:sqref>D6:D1762</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
-            <xm:f>'Hoja-Ayuda'!$C$3:$AP$3</xm:f>
+            <xm:f>'Hoja-Ayuda'!$C$3:$AR$3</xm:f>
           </x14:formula1>
           <xm:sqref>B3:F3</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:AR471"/>
+  <dimension ref="A1:AT471"/>
   <sheetViews>
-    <sheetView topLeftCell="AN1" workbookViewId="0">
-      <selection activeCell="AN24" sqref="AN24"/>
+    <sheetView topLeftCell="AP1" workbookViewId="0">
+      <selection activeCell="AD17" sqref="AD17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="38.140625" customWidth="1"/>
     <col min="2" max="2" width="40.28515625" customWidth="1"/>
     <col min="3" max="3" width="48.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="44.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="51.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="48.85546875" customWidth="1"/>
     <col min="7" max="7" width="62" customWidth="1"/>
     <col min="8" max="8" width="34.28515625" customWidth="1"/>
     <col min="9" max="9" width="33.7109375" customWidth="1"/>
     <col min="10" max="10" width="47.5703125" customWidth="1"/>
     <col min="11" max="11" width="36.85546875" customWidth="1"/>
     <col min="12" max="12" width="43.28515625" customWidth="1"/>
     <col min="13" max="13" width="40" customWidth="1"/>
     <col min="14" max="14" width="47.5703125" customWidth="1"/>
     <col min="15" max="15" width="75.28515625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="45" customWidth="1"/>
     <col min="17" max="17" width="47.42578125" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="33.28515625" customWidth="1"/>
     <col min="19" max="19" width="47.85546875" customWidth="1"/>
     <col min="20" max="20" width="43.140625" customWidth="1"/>
-    <col min="21" max="21" width="41.42578125" customWidth="1"/>
+    <col min="21" max="21" width="51.85546875" customWidth="1"/>
     <col min="22" max="22" width="43.5703125" customWidth="1"/>
     <col min="23" max="23" width="106.85546875" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="83.140625" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="70.28515625" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="38.140625" customWidth="1"/>
     <col min="27" max="27" width="32.7109375" bestFit="1" customWidth="1"/>
     <col min="28" max="28" width="93" bestFit="1" customWidth="1"/>
     <col min="29" max="29" width="63.42578125" bestFit="1" customWidth="1"/>
     <col min="30" max="30" width="34.85546875" customWidth="1"/>
     <col min="31" max="31" width="81.7109375" bestFit="1" customWidth="1"/>
     <col min="32" max="32" width="53.42578125" bestFit="1" customWidth="1"/>
     <col min="33" max="34" width="45.42578125" customWidth="1"/>
     <col min="35" max="35" width="50.85546875" bestFit="1" customWidth="1"/>
     <col min="36" max="41" width="50.85546875" customWidth="1"/>
-    <col min="42" max="42" width="59.42578125" customWidth="1"/>
-    <col min="43" max="43" width="68.28515625" bestFit="1" customWidth="1"/>
+    <col min="42" max="44" width="59.42578125" customWidth="1"/>
+    <col min="45" max="45" width="68.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:46" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>11</v>
       </c>
       <c r="B1" t="s">
         <v>12</v>
       </c>
-      <c r="AQ1" t="s">
+      <c r="AS1" t="s">
         <v>13</v>
       </c>
-      <c r="AR1" t="s">
+      <c r="AT1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="2" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:46" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>15</v>
       </c>
       <c r="B2" t="s">
         <v>16</v>
       </c>
-      <c r="AQ2" t="s">
+      <c r="AS2" t="s">
         <v>17</v>
       </c>
-      <c r="AR2" s="9">
+      <c r="AT2" s="9">
         <v>45901</v>
       </c>
     </row>
-    <row r="3" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:46" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>23</v>
       </c>
       <c r="H3" t="s">
         <v>24</v>
       </c>
       <c r="I3" t="s">
         <v>25</v>
       </c>
       <c r="J3" t="s">
         <v>26</v>
       </c>
       <c r="K3" t="s">
-        <v>908</v>
+        <v>906</v>
       </c>
       <c r="L3" t="s">
         <v>27</v>
       </c>
       <c r="M3" t="s">
         <v>28</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="O3" t="s">
         <v>30</v>
       </c>
       <c r="P3" t="s">
-        <v>879</v>
+        <v>877</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="s">
         <v>35</v>
       </c>
       <c r="V3" t="s">
         <v>36</v>
       </c>
       <c r="W3" t="s">
         <v>37</v>
       </c>
       <c r="X3" t="s">
         <v>38</v>
       </c>
       <c r="Y3" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="Z3" t="s">
         <v>39</v>
       </c>
       <c r="AA3" t="s">
         <v>40</v>
       </c>
       <c r="AB3" t="s">
         <v>41</v>
       </c>
       <c r="AC3" t="s">
         <v>42</v>
       </c>
       <c r="AD3" t="s">
         <v>43</v>
       </c>
       <c r="AE3" t="s">
         <v>44</v>
       </c>
       <c r="AF3" t="s">
         <v>45</v>
       </c>
       <c r="AG3" s="18" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="AH3" s="18" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="AI3" t="s">
-        <v>837</v>
+        <v>835</v>
       </c>
       <c r="AJ3" t="s">
+        <v>850</v>
+      </c>
+      <c r="AK3" t="s">
         <v>852</v>
       </c>
-      <c r="AK3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AL3" t="s">
+        <v>898</v>
+      </c>
+      <c r="AM3" t="s">
         <v>900</v>
       </c>
-      <c r="AM3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AN3" t="s">
-        <v>923</v>
+        <v>921</v>
       </c>
       <c r="AO3" t="s">
-        <v>997</v>
+        <v>995</v>
       </c>
       <c r="AP3" t="s">
-        <v>1014</v>
+        <v>1012</v>
       </c>
       <c r="AQ3" t="s">
+        <v>1046</v>
+      </c>
+      <c r="AR3" t="s">
+        <v>1057</v>
+      </c>
+      <c r="AS3" t="s">
         <v>46</v>
       </c>
-      <c r="AR3" s="9">
+      <c r="AT3" s="9">
         <v>45931</v>
       </c>
     </row>
-    <row r="4" spans="1:44" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:46" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>47</v>
       </c>
       <c r="C4" t="s">
         <v>16</v>
       </c>
       <c r="D4" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="E4" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="F4" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="G4" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="H4" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="I4" t="s">
         <v>49</v>
       </c>
       <c r="J4" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="K4" t="s">
-        <v>909</v>
+        <v>907</v>
       </c>
       <c r="L4" t="s">
         <v>52</v>
       </c>
       <c r="M4" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="N4" t="s">
         <v>53</v>
       </c>
       <c r="O4" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="P4" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="Q4" t="s">
         <v>54</v>
       </c>
       <c r="R4" t="s">
-        <v>967</v>
+        <v>965</v>
       </c>
       <c r="S4" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="T4" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
       <c r="U4" t="s">
-        <v>815</v>
+        <v>813</v>
       </c>
       <c r="V4" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="W4" t="s">
         <v>56</v>
       </c>
       <c r="X4" t="s">
         <v>57</v>
       </c>
       <c r="Y4" t="s">
-        <v>828</v>
+        <v>826</v>
       </c>
       <c r="Z4" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="AA4" t="s">
         <v>58</v>
       </c>
       <c r="AB4" t="s">
         <v>59</v>
       </c>
       <c r="AC4" t="s">
+        <v>1059</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>753</v>
+      </c>
+      <c r="AE4" t="s">
         <v>60</v>
       </c>
-      <c r="AD4" t="s">
-[...2 lines deleted...]
-      <c r="AE4" t="s">
+      <c r="AF4" s="14" t="s">
+        <v>707</v>
+      </c>
+      <c r="AG4" s="16" t="s">
+        <v>786</v>
+      </c>
+      <c r="AH4" s="16" t="s">
+        <v>807</v>
+      </c>
+      <c r="AI4" t="s">
+        <v>836</v>
+      </c>
+      <c r="AJ4" t="s">
+        <v>851</v>
+      </c>
+      <c r="AK4" t="s">
+        <v>853</v>
+      </c>
+      <c r="AL4" t="s">
+        <v>899</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>901</v>
+      </c>
+      <c r="AN4" t="s">
+        <v>922</v>
+      </c>
+      <c r="AO4" t="s">
+        <v>969</v>
+      </c>
+      <c r="AP4" t="s">
+        <v>1013</v>
+      </c>
+      <c r="AQ4" t="s">
+        <v>1047</v>
+      </c>
+      <c r="AR4" t="s">
+        <v>1058</v>
+      </c>
+      <c r="AS4" t="s">
         <v>61</v>
       </c>
-      <c r="AF4" s="14" t="s">
-[...32 lines deleted...]
-      <c r="AQ4" t="s">
+      <c r="AT4" s="9">
+        <v>45962</v>
+      </c>
+    </row>
+    <row r="5" spans="1:46" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
         <v>62</v>
       </c>
-      <c r="AR4" s="9">
-[...4 lines deleted...]
-      <c r="A5" t="s">
+      <c r="B5" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
       <c r="E5" t="s">
-        <v>776</v>
+        <v>774</v>
       </c>
       <c r="F5" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="G5" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
       <c r="H5" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="J5" t="s">
-        <v>949</v>
+        <v>947</v>
       </c>
       <c r="K5" t="s">
-        <v>910</v>
+        <v>908</v>
       </c>
       <c r="M5" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="O5" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="P5" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="Q5" t="s">
-        <v>682</v>
+        <v>680</v>
       </c>
       <c r="S5" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="T5" t="s">
-        <v>722</v>
+        <v>720</v>
       </c>
       <c r="U5" t="s">
-        <v>816</v>
+        <v>814</v>
       </c>
       <c r="V5" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="W5" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="X5" t="s">
+        <v>69</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>827</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>733</v>
+      </c>
+      <c r="AB5" t="s">
         <v>70</v>
       </c>
-      <c r="Y5" t="s">
-[...5 lines deleted...]
-      <c r="AB5" t="s">
+      <c r="AC5" t="s">
+        <v>1060</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>754</v>
+      </c>
+      <c r="AE5" t="s">
+        <v>703</v>
+      </c>
+      <c r="AF5" s="15" t="s">
+        <v>708</v>
+      </c>
+      <c r="AG5" s="17" t="s">
+        <v>787</v>
+      </c>
+      <c r="AH5" s="16" t="s">
+        <v>808</v>
+      </c>
+      <c r="AI5" t="s">
+        <v>837</v>
+      </c>
+      <c r="AJ5" t="s">
+        <v>884</v>
+      </c>
+      <c r="AK5" t="s">
+        <v>854</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>902</v>
+      </c>
+      <c r="AN5" t="s">
+        <v>923</v>
+      </c>
+      <c r="AO5" t="s">
+        <v>970</v>
+      </c>
+      <c r="AP5" t="s">
+        <v>1014</v>
+      </c>
+      <c r="AQ5" t="s">
+        <v>1048</v>
+      </c>
+      <c r="AS5" t="s">
         <v>71</v>
       </c>
-      <c r="AC5" t="s">
+      <c r="AT5" s="9">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="6" spans="1:46" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
         <v>72</v>
       </c>
-      <c r="AD5" t="s">
-[...35 lines deleted...]
-      <c r="AQ5" t="s">
+      <c r="B6" t="s">
         <v>73</v>
-      </c>
-[...9 lines deleted...]
-        <v>75</v>
       </c>
       <c r="C6" t="s">
         <v>47</v>
       </c>
       <c r="D6" t="s">
+        <v>667</v>
+      </c>
+      <c r="E6" t="s">
+        <v>770</v>
+      </c>
+      <c r="F6" t="s">
+        <v>675</v>
+      </c>
+      <c r="G6" t="s">
+        <v>765</v>
+      </c>
+      <c r="H6" t="s">
+        <v>678</v>
+      </c>
+      <c r="J6" t="s">
+        <v>948</v>
+      </c>
+      <c r="K6" t="s">
+        <v>909</v>
+      </c>
+      <c r="M6" t="s">
+        <v>645</v>
+      </c>
+      <c r="O6" t="s">
+        <v>842</v>
+      </c>
+      <c r="P6" t="s">
+        <v>655</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>681</v>
+      </c>
+      <c r="S6" t="s">
+        <v>690</v>
+      </c>
+      <c r="T6" t="s">
+        <v>721</v>
+      </c>
+      <c r="U6" t="s">
+        <v>815</v>
+      </c>
+      <c r="V6" t="s">
+        <v>760</v>
+      </c>
+      <c r="W6" t="s">
+        <v>713</v>
+      </c>
+      <c r="X6" t="s">
+        <v>78</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>828</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>734</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>79</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>879</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>755</v>
+      </c>
+      <c r="AE6" t="s">
+        <v>704</v>
+      </c>
+      <c r="AF6" s="15" t="s">
+        <v>709</v>
+      </c>
+      <c r="AG6" s="16" t="s">
+        <v>788</v>
+      </c>
+      <c r="AH6" s="16" t="s">
+        <v>809</v>
+      </c>
+      <c r="AI6" t="s">
+        <v>838</v>
+      </c>
+      <c r="AJ6" t="s">
+        <v>1043</v>
+      </c>
+      <c r="AK6" t="s">
+        <v>855</v>
+      </c>
+      <c r="AM6" t="s">
+        <v>903</v>
+      </c>
+      <c r="AN6" t="s">
+        <v>924</v>
+      </c>
+      <c r="AO6" t="s">
+        <v>971</v>
+      </c>
+      <c r="AP6" t="s">
+        <v>1015</v>
+      </c>
+      <c r="AQ6" t="s">
+        <v>1049</v>
+      </c>
+      <c r="AS6" t="s">
+        <v>80</v>
+      </c>
+      <c r="AT6" s="9">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="7" spans="1:46" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>81</v>
+      </c>
+      <c r="B7" t="s">
+        <v>82</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>668</v>
+      </c>
+      <c r="E7" t="s">
+        <v>771</v>
+      </c>
+      <c r="F7" t="s">
+        <v>640</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1037</v>
+      </c>
+      <c r="H7" t="s">
+        <v>679</v>
+      </c>
+      <c r="J7" t="s">
+        <v>949</v>
+      </c>
+      <c r="K7" t="s">
+        <v>910</v>
+      </c>
+      <c r="M7" t="s">
+        <v>646</v>
+      </c>
+      <c r="O7" t="s">
+        <v>843</v>
+      </c>
+      <c r="P7" t="s">
+        <v>656</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>682</v>
+      </c>
+      <c r="S7" t="s">
+        <v>691</v>
+      </c>
+      <c r="T7" t="s">
+        <v>722</v>
+      </c>
+      <c r="U7" t="s">
+        <v>816</v>
+      </c>
+      <c r="V7" t="s">
+        <v>757</v>
+      </c>
+      <c r="W7" t="s">
+        <v>714</v>
+      </c>
+      <c r="X7" t="s">
+        <v>867</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>829</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>735</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>85</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>1061</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>942</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>705</v>
+      </c>
+      <c r="AF7" s="15" t="s">
+        <v>710</v>
+      </c>
+      <c r="AG7" s="17" t="s">
+        <v>789</v>
+      </c>
+      <c r="AH7" s="16" t="s">
+        <v>810</v>
+      </c>
+      <c r="AI7" t="s">
+        <v>839</v>
+      </c>
+      <c r="AJ7" t="s">
+        <v>1044</v>
+      </c>
+      <c r="AK7" t="s">
+        <v>858</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>904</v>
+      </c>
+      <c r="AN7" t="s">
+        <v>925</v>
+      </c>
+      <c r="AO7" t="s">
+        <v>972</v>
+      </c>
+      <c r="AP7" t="s">
+        <v>1016</v>
+      </c>
+      <c r="AQ7" t="s">
+        <v>1050</v>
+      </c>
+      <c r="AS7" t="s">
+        <v>86</v>
+      </c>
+      <c r="AT7" s="9">
+        <v>46054</v>
+      </c>
+    </row>
+    <row r="8" spans="1:46" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>87</v>
+      </c>
+      <c r="B8" t="s">
+        <v>88</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
         <v>669</v>
       </c>
-      <c r="E6" t="s">
+      <c r="E8" t="s">
         <v>772</v>
       </c>
-      <c r="F6" t="s">
-[...8 lines deleted...]
-      <c r="J6" t="s">
+      <c r="F8" t="s">
+        <v>641</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1038</v>
+      </c>
+      <c r="H8" t="s">
+        <v>999</v>
+      </c>
+      <c r="J8" t="s">
         <v>950</v>
       </c>
-      <c r="K6" t="s">
+      <c r="K8" t="s">
         <v>911</v>
       </c>
-      <c r="M6" t="s">
+      <c r="M8" t="s">
         <v>647</v>
       </c>
-      <c r="O6" t="s">
+      <c r="O8" t="s">
         <v>844</v>
       </c>
-      <c r="P6" t="s">
+      <c r="P8" t="s">
         <v>657</v>
       </c>
-      <c r="Q6" t="s">
+      <c r="Q8" t="s">
         <v>683</v>
       </c>
-      <c r="S6" t="s">
+      <c r="S8" t="s">
+        <v>931</v>
+      </c>
+      <c r="T8" t="s">
+        <v>723</v>
+      </c>
+      <c r="U8" t="s">
+        <v>817</v>
+      </c>
+      <c r="V8" t="s">
+        <v>762</v>
+      </c>
+      <c r="W8" t="s">
+        <v>715</v>
+      </c>
+      <c r="X8" t="s">
+        <v>865</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>830</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>736</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>716</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>1062</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>943</v>
+      </c>
+      <c r="AE8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AF8" s="15" t="s">
+        <v>711</v>
+      </c>
+      <c r="AG8" s="16" t="s">
+        <v>790</v>
+      </c>
+      <c r="AH8" s="16" t="s">
+        <v>811</v>
+      </c>
+      <c r="AI8" t="s">
+        <v>840</v>
+      </c>
+      <c r="AJ8" t="s">
+        <v>1045</v>
+      </c>
+      <c r="AK8" t="s">
+        <v>859</v>
+      </c>
+      <c r="AM8" t="s">
+        <v>905</v>
+      </c>
+      <c r="AN8" t="s">
+        <v>1031</v>
+      </c>
+      <c r="AO8" t="s">
+        <v>973</v>
+      </c>
+      <c r="AP8" t="s">
+        <v>1017</v>
+      </c>
+      <c r="AQ8" t="s">
+        <v>1048</v>
+      </c>
+      <c r="AS8" t="s">
+        <v>92</v>
+      </c>
+      <c r="AT8" s="9">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="9" spans="1:46" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>93</v>
+      </c>
+      <c r="B9" t="s">
+        <v>94</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>670</v>
+      </c>
+      <c r="E9" t="s">
+        <v>775</v>
+      </c>
+      <c r="F9" t="s">
+        <v>642</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1039</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1000</v>
+      </c>
+      <c r="J9" t="s">
+        <v>951</v>
+      </c>
+      <c r="K9" t="s">
+        <v>913</v>
+      </c>
+      <c r="M9" t="s">
+        <v>648</v>
+      </c>
+      <c r="O9" t="s">
+        <v>845</v>
+      </c>
+      <c r="P9" t="s">
+        <v>658</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>684</v>
+      </c>
+      <c r="S9" t="s">
         <v>692</v>
       </c>
-      <c r="T6" t="s">
-[...53 lines deleted...]
-      <c r="AN6" t="s">
+      <c r="T9" t="s">
+        <v>724</v>
+      </c>
+      <c r="U9" t="s">
+        <v>818</v>
+      </c>
+      <c r="V9" t="s">
+        <v>761</v>
+      </c>
+      <c r="W9" t="s">
+        <v>98</v>
+      </c>
+      <c r="X9" t="s">
+        <v>866</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>831</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>737</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>717</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>1059</v>
+      </c>
+      <c r="AD9" t="s">
+        <v>944</v>
+      </c>
+      <c r="AF9" s="15" t="s">
+        <v>712</v>
+      </c>
+      <c r="AG9" s="17" t="s">
+        <v>791</v>
+      </c>
+      <c r="AH9" s="16" t="s">
+        <v>812</v>
+      </c>
+      <c r="AI9" t="s">
+        <v>841</v>
+      </c>
+      <c r="AK9" t="s">
+        <v>856</v>
+      </c>
+      <c r="AN9" t="s">
         <v>926</v>
       </c>
-      <c r="AO6" t="s">
-[...55 lines deleted...]
-      <c r="S7" t="s">
+      <c r="AO9" t="s">
+        <v>974</v>
+      </c>
+      <c r="AP9" t="s">
+        <v>1018</v>
+      </c>
+      <c r="AQ9" t="s">
+        <v>1049</v>
+      </c>
+      <c r="AS9" t="s">
+        <v>99</v>
+      </c>
+      <c r="AT9" s="9">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="10" spans="1:46" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>100</v>
+      </c>
+      <c r="B10" t="s">
+        <v>101</v>
+      </c>
+      <c r="C10" t="s">
+        <v>968</v>
+      </c>
+      <c r="D10" t="s">
+        <v>671</v>
+      </c>
+      <c r="E10" t="s">
+        <v>776</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1040</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1001</v>
+      </c>
+      <c r="J10" t="s">
+        <v>952</v>
+      </c>
+      <c r="K10" t="s">
+        <v>914</v>
+      </c>
+      <c r="M10" t="s">
+        <v>649</v>
+      </c>
+      <c r="O10" t="s">
+        <v>846</v>
+      </c>
+      <c r="P10" t="s">
+        <v>659</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>685</v>
+      </c>
+      <c r="S10" t="s">
         <v>693</v>
       </c>
-      <c r="T7" t="s">
-[...115 lines deleted...]
-      <c r="U8" t="s">
+      <c r="T10" t="s">
+        <v>887</v>
+      </c>
+      <c r="U10" t="s">
         <v>819</v>
       </c>
-      <c r="V8" t="s">
-[...8 lines deleted...]
-      <c r="Y8" t="s">
+      <c r="V10" t="s">
+        <v>1041</v>
+      </c>
+      <c r="W10" t="s">
+        <v>103</v>
+      </c>
+      <c r="X10" t="s">
+        <v>91</v>
+      </c>
+      <c r="Y10" t="s">
         <v>832</v>
       </c>
-      <c r="Z8" t="s">
+      <c r="Z10" t="s">
         <v>738</v>
       </c>
-      <c r="AB8" t="s">
+      <c r="AB10" t="s">
         <v>718</v>
       </c>
-      <c r="AD8" t="s">
+      <c r="AD10" t="s">
         <v>945</v>
       </c>
-      <c r="AE8" t="s">
-[...5 lines deleted...]
-      <c r="AG8" s="16" t="s">
+      <c r="AG10" s="16" t="s">
         <v>792</v>
-      </c>
-[...206 lines deleted...]
-        <v>794</v>
       </c>
       <c r="AH10" s="19"/>
       <c r="AK10" t="s">
-        <v>859</v>
+        <v>857</v>
       </c>
       <c r="AN10" t="s">
-        <v>929</v>
+        <v>927</v>
       </c>
       <c r="AO10" t="s">
-        <v>977</v>
+        <v>975</v>
       </c>
       <c r="AP10" t="s">
-        <v>1021</v>
+        <v>1019</v>
       </c>
       <c r="AQ10" t="s">
+        <v>1051</v>
+      </c>
+      <c r="AS10" t="s">
+        <v>105</v>
+      </c>
+      <c r="AT10" s="9">
+        <v>46143</v>
+      </c>
+    </row>
+    <row r="11" spans="1:46" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>106</v>
+      </c>
+      <c r="B11" t="s">
         <v>107</v>
       </c>
-      <c r="AR10" s="9">
-[...7 lines deleted...]
-      <c r="B11" t="s">
+      <c r="C11" t="s">
+        <v>94</v>
+      </c>
+      <c r="D11" t="s">
+        <v>672</v>
+      </c>
+      <c r="E11" t="s">
+        <v>777</v>
+      </c>
+      <c r="G11" t="s">
+        <v>766</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1002</v>
+      </c>
+      <c r="J11" t="s">
+        <v>953</v>
+      </c>
+      <c r="K11" t="s">
+        <v>915</v>
+      </c>
+      <c r="M11" t="s">
+        <v>650</v>
+      </c>
+      <c r="O11" t="s">
+        <v>847</v>
+      </c>
+      <c r="P11" t="s">
+        <v>660</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>686</v>
+      </c>
+      <c r="S11" t="s">
+        <v>694</v>
+      </c>
+      <c r="T11" t="s">
+        <v>888</v>
+      </c>
+      <c r="U11" t="s">
+        <v>820</v>
+      </c>
+      <c r="V11" t="s">
+        <v>1042</v>
+      </c>
+      <c r="W11" t="s">
         <v>109</v>
       </c>
-      <c r="C11" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="X11" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="Y11" t="s">
-        <v>835</v>
+        <v>833</v>
       </c>
       <c r="Z11" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="AG11" s="17" t="s">
-        <v>795</v>
+        <v>793</v>
       </c>
       <c r="AH11" s="19"/>
       <c r="AK11" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="AN11" t="s">
-        <v>942</v>
+        <v>940</v>
       </c>
       <c r="AO11" t="s">
-        <v>978</v>
+        <v>976</v>
       </c>
       <c r="AP11" t="s">
-        <v>1022</v>
-[...1 lines deleted...]
-      <c r="AQ11" t="s">
+        <v>1020</v>
+      </c>
+      <c r="AS11" t="s">
+        <v>110</v>
+      </c>
+      <c r="AT11" s="9">
+        <v>46174</v>
+      </c>
+    </row>
+    <row r="12" spans="1:46" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>111</v>
+      </c>
+      <c r="B12" t="s">
         <v>112</v>
       </c>
-      <c r="AR11" s="9">
-[...9 lines deleted...]
-      </c>
       <c r="C12" t="s">
-        <v>745</v>
+        <v>743</v>
       </c>
       <c r="D12" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="E12" t="s">
-        <v>780</v>
+        <v>778</v>
       </c>
       <c r="G12" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="J12" t="s">
-        <v>956</v>
+        <v>954</v>
       </c>
       <c r="K12" t="s">
-        <v>918</v>
+        <v>916</v>
       </c>
       <c r="M12" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="O12" t="s">
-        <v>850</v>
+        <v>848</v>
       </c>
       <c r="P12" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="Q12" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="S12" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
       <c r="T12" t="s">
-        <v>891</v>
+        <v>889</v>
       </c>
       <c r="U12" t="s">
-        <v>823</v>
+        <v>821</v>
       </c>
       <c r="V12" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="W12" t="s">
-        <v>700</v>
+        <v>698</v>
       </c>
       <c r="X12" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="Y12" t="s">
-        <v>836</v>
+        <v>834</v>
       </c>
       <c r="Z12" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="AG12" s="16" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
       <c r="AH12" s="19"/>
       <c r="AK12" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
       <c r="AN12" t="s">
-        <v>1034</v>
+        <v>1032</v>
       </c>
       <c r="AO12" t="s">
-        <v>979</v>
+        <v>977</v>
       </c>
       <c r="AP12" t="s">
-        <v>1023</v>
-[...1 lines deleted...]
-      <c r="AQ12" t="s">
+        <v>1021</v>
+      </c>
+      <c r="AS12" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="13" spans="1:46" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>116</v>
+      </c>
+      <c r="B13" t="s">
         <v>117</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="D13" t="s">
-        <v>941</v>
+        <v>939</v>
       </c>
       <c r="E13" t="s">
-        <v>781</v>
+        <v>779</v>
       </c>
       <c r="G13" t="s">
-        <v>770</v>
+        <v>768</v>
       </c>
       <c r="K13" t="s">
-        <v>914</v>
+        <v>912</v>
       </c>
       <c r="M13" t="s">
-        <v>931</v>
+        <v>929</v>
       </c>
       <c r="O13" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="P13" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="Q13" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
       <c r="S13" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="T13" t="s">
-        <v>892</v>
+        <v>890</v>
       </c>
       <c r="U13" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="V13" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="W13" t="s">
+        <v>699</v>
+      </c>
+      <c r="X13" t="s">
         <v>701</v>
       </c>
-      <c r="X13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AG13" s="17" t="s">
-        <v>797</v>
+        <v>795</v>
       </c>
       <c r="AH13" s="19"/>
       <c r="AK13" t="s">
-        <v>884</v>
+        <v>882</v>
       </c>
       <c r="AN13" t="s">
-        <v>1035</v>
+        <v>1033</v>
       </c>
       <c r="AO13" t="s">
-        <v>990</v>
+        <v>988</v>
       </c>
       <c r="AP13" t="s">
-        <v>1024</v>
-[...1 lines deleted...]
-      <c r="AQ13" t="s">
+        <v>1022</v>
+      </c>
+      <c r="AS13" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="14" spans="1:46" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B14" t="s">
         <v>121</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B14" t="s">
+      <c r="D14" t="s">
+        <v>935</v>
+      </c>
+      <c r="E14" t="s">
+        <v>780</v>
+      </c>
+      <c r="G14" t="s">
+        <v>769</v>
+      </c>
+      <c r="K14" t="s">
+        <v>917</v>
+      </c>
+      <c r="M14" t="s">
+        <v>930</v>
+      </c>
+      <c r="O14" t="s">
+        <v>941</v>
+      </c>
+      <c r="P14" t="s">
+        <v>663</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>870</v>
+      </c>
+      <c r="S14" t="s">
+        <v>697</v>
+      </c>
+      <c r="T14" t="s">
+        <v>725</v>
+      </c>
+      <c r="U14" t="s">
+        <v>823</v>
+      </c>
+      <c r="V14" t="s">
+        <v>920</v>
+      </c>
+      <c r="W14" t="s">
         <v>123</v>
       </c>
-      <c r="D14" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="X14" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="AG14" s="16" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
       <c r="AH14" s="19"/>
       <c r="AK14" t="s">
-        <v>885</v>
+        <v>883</v>
       </c>
       <c r="AO14" t="s">
-        <v>981</v>
+        <v>979</v>
       </c>
       <c r="AP14" t="s">
-        <v>1025</v>
-[...5 lines deleted...]
-    <row r="15" spans="1:44" x14ac:dyDescent="0.25">
+        <v>1023</v>
+      </c>
+      <c r="AS14" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="15" spans="1:46" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B15" t="s">
         <v>48</v>
       </c>
       <c r="D15" t="s">
-        <v>938</v>
+        <v>936</v>
       </c>
       <c r="E15" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
       <c r="G15" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="P15" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="Q15" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="T15" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
       <c r="U15" t="s">
-        <v>968</v>
+        <v>966</v>
       </c>
       <c r="V15" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="W15" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="X15" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="AG15" s="17" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
       <c r="AH15" s="19"/>
       <c r="AO15" t="s">
-        <v>980</v>
+        <v>978</v>
       </c>
       <c r="AP15" t="s">
-        <v>1026</v>
-[...5 lines deleted...]
-    <row r="16" spans="1:44" x14ac:dyDescent="0.25">
+        <v>1024</v>
+      </c>
+      <c r="AS15" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="16" spans="1:46" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
+        <v>130</v>
+      </c>
+      <c r="B16" t="s">
+        <v>64</v>
+      </c>
+      <c r="D16" t="s">
+        <v>937</v>
+      </c>
+      <c r="G16" t="s">
+        <v>84</v>
+      </c>
+      <c r="P16" t="s">
+        <v>878</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>873</v>
+      </c>
+      <c r="T16" t="s">
+        <v>727</v>
+      </c>
+      <c r="U16" t="s">
+        <v>967</v>
+      </c>
+      <c r="V16" t="s">
+        <v>747</v>
+      </c>
+      <c r="W16" t="s">
         <v>132</v>
       </c>
-      <c r="B16" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="X16" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="AG16" s="16" t="s">
-        <v>800</v>
+        <v>798</v>
       </c>
       <c r="AH16" s="19"/>
       <c r="AO16" t="s">
-        <v>982</v>
+        <v>980</v>
       </c>
       <c r="AP16" t="s">
-        <v>1027</v>
-[...5 lines deleted...]
-    <row r="17" spans="1:43" x14ac:dyDescent="0.25">
+        <v>1025</v>
+      </c>
+      <c r="AS16" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="17" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
+        <v>134</v>
+      </c>
+      <c r="B17" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" t="s">
+        <v>938</v>
+      </c>
+      <c r="G17" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>872</v>
+      </c>
+      <c r="T17" t="s">
+        <v>728</v>
+      </c>
+      <c r="U17" t="s">
+        <v>824</v>
+      </c>
+      <c r="V17" t="s">
+        <v>955</v>
+      </c>
+      <c r="W17" t="s">
         <v>136</v>
       </c>
-      <c r="B17" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="X17" t="s">
-        <v>964</v>
+        <v>962</v>
       </c>
       <c r="AG17" s="17" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="AH17" s="19"/>
       <c r="AO17" t="s">
-        <v>983</v>
+        <v>981</v>
       </c>
       <c r="AP17" t="s">
-        <v>1028</v>
-[...5 lines deleted...]
-    <row r="18" spans="1:43" x14ac:dyDescent="0.25">
+        <v>1026</v>
+      </c>
+      <c r="AS17" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="18" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
+        <v>138</v>
+      </c>
+      <c r="B18" t="s">
+        <v>83</v>
+      </c>
+      <c r="G18" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>871</v>
+      </c>
+      <c r="T18" t="s">
+        <v>729</v>
+      </c>
+      <c r="U18" t="s">
+        <v>825</v>
+      </c>
+      <c r="V18" t="s">
+        <v>748</v>
+      </c>
+      <c r="W18" t="s">
         <v>140</v>
       </c>
-      <c r="B18" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="X18" t="s">
-        <v>965</v>
+        <v>963</v>
       </c>
       <c r="AG18" s="16" t="s">
-        <v>802</v>
+        <v>800</v>
       </c>
       <c r="AH18" s="19"/>
       <c r="AO18" t="s">
-        <v>984</v>
+        <v>982</v>
       </c>
       <c r="AP18" t="s">
-        <v>1029</v>
-[...5 lines deleted...]
-    <row r="19" spans="1:43" x14ac:dyDescent="0.25">
+        <v>1027</v>
+      </c>
+      <c r="AS18" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="19" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
+        <v>142</v>
+      </c>
+      <c r="B19" t="s">
+        <v>89</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1034</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>875</v>
+      </c>
+      <c r="T19" t="s">
+        <v>730</v>
+      </c>
+      <c r="U19" t="s">
+        <v>1052</v>
+      </c>
+      <c r="V19" t="s">
+        <v>749</v>
+      </c>
+      <c r="W19" t="s">
         <v>144</v>
       </c>
-      <c r="B19" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X19" t="s">
-        <v>966</v>
+        <v>964</v>
       </c>
       <c r="AG19" s="17" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="AH19" s="19"/>
       <c r="AO19" t="s">
-        <v>985</v>
+        <v>983</v>
       </c>
       <c r="AP19" t="s">
-        <v>1030</v>
-[...5 lines deleted...]
-    <row r="20" spans="1:43" x14ac:dyDescent="0.25">
+        <v>1028</v>
+      </c>
+      <c r="AS19" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="20" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="B20" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="G20" t="s">
-        <v>1037</v>
+        <v>1035</v>
       </c>
       <c r="Q20" t="s">
-        <v>878</v>
+        <v>876</v>
       </c>
       <c r="T20" t="s">
-        <v>733</v>
+        <v>731</v>
+      </c>
+      <c r="U20" t="s">
+        <v>1053</v>
       </c>
       <c r="V20" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
       <c r="W20" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="AG20" s="16" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="AH20" s="19"/>
       <c r="AO20" t="s">
-        <v>986</v>
+        <v>984</v>
       </c>
       <c r="AP20" t="s">
-        <v>1031</v>
-[...1 lines deleted...]
-      <c r="AQ20" t="s">
+        <v>1029</v>
+      </c>
+      <c r="AS20" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="21" spans="1:45" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>149</v>
+      </c>
+      <c r="B21" t="s">
         <v>150</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="G21" t="s">
-        <v>1038</v>
+        <v>1036</v>
       </c>
       <c r="T21" t="s">
-        <v>862</v>
+        <v>860</v>
+      </c>
+      <c r="U21" t="s">
+        <v>1054</v>
       </c>
       <c r="V21" t="s">
-        <v>753</v>
+        <v>751</v>
       </c>
       <c r="W21" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="AG21" s="17" t="s">
-        <v>805</v>
+        <v>803</v>
       </c>
       <c r="AH21" s="19"/>
       <c r="AO21" t="s">
-        <v>987</v>
+        <v>985</v>
       </c>
       <c r="AP21" t="s">
-        <v>1032</v>
-[...1 lines deleted...]
-      <c r="AQ21" t="s">
+        <v>1030</v>
+      </c>
+      <c r="AS21" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="22" spans="1:45" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>154</v>
+      </c>
+      <c r="B22" t="s">
         <v>155</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="G22" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="T22" t="s">
-        <v>887</v>
+        <v>885</v>
+      </c>
+      <c r="U22" t="s">
+        <v>1055</v>
       </c>
       <c r="V22" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="W22" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="AG22" s="16" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="AH22" s="19"/>
       <c r="AO22" t="s">
-        <v>988</v>
-[...5 lines deleted...]
-    <row r="23" spans="1:43" x14ac:dyDescent="0.25">
+        <v>986</v>
+      </c>
+      <c r="AS22" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="23" spans="1:45" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
+        <v>159</v>
+      </c>
+      <c r="B23" t="s">
+        <v>96</v>
+      </c>
+      <c r="G23" t="s">
+        <v>108</v>
+      </c>
+      <c r="T23" t="s">
+        <v>861</v>
+      </c>
+      <c r="U23" t="s">
+        <v>1056</v>
+      </c>
+      <c r="V23" t="s">
+        <v>752</v>
+      </c>
+      <c r="W23" t="s">
+        <v>932</v>
+      </c>
+      <c r="AG23" s="20" t="s">
+        <v>868</v>
+      </c>
+      <c r="AO23" t="s">
+        <v>989</v>
+      </c>
+      <c r="AS23" t="s">
         <v>161</v>
       </c>
-      <c r="B23" t="s">
-[...5 lines deleted...]
-      <c r="T23" t="s">
+    </row>
+    <row r="24" spans="1:45" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>162</v>
+      </c>
+      <c r="B24" t="s">
+        <v>163</v>
+      </c>
+      <c r="G24" t="s">
+        <v>113</v>
+      </c>
+      <c r="T24" t="s">
+        <v>886</v>
+      </c>
+      <c r="V24" t="s">
+        <v>784</v>
+      </c>
+      <c r="W24" t="s">
+        <v>933</v>
+      </c>
+      <c r="AO24" t="s">
+        <v>990</v>
+      </c>
+      <c r="AS24" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="25" spans="1:45" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>165</v>
+      </c>
+      <c r="B25" t="s">
+        <v>166</v>
+      </c>
+      <c r="G25" t="s">
+        <v>118</v>
+      </c>
+      <c r="T25" t="s">
         <v>863</v>
       </c>
-      <c r="V23" t="s">
-[...2 lines deleted...]
-      <c r="W23" t="s">
+      <c r="V25" t="s">
+        <v>918</v>
+      </c>
+      <c r="W25" t="s">
         <v>934</v>
       </c>
-      <c r="AG23" s="20" t="s">
-[...2 lines deleted...]
-      <c r="AO23" t="s">
+      <c r="AO25" t="s">
         <v>991</v>
       </c>
-      <c r="AQ23" t="s">
-[...22 lines deleted...]
-      <c r="AO24" t="s">
+      <c r="AS25" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="26" spans="1:45" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>168</v>
+      </c>
+      <c r="B26" t="s">
+        <v>169</v>
+      </c>
+      <c r="G26" t="s">
+        <v>122</v>
+      </c>
+      <c r="T26" t="s">
+        <v>862</v>
+      </c>
+      <c r="V26" t="s">
+        <v>919</v>
+      </c>
+      <c r="W26" t="s">
+        <v>998</v>
+      </c>
+      <c r="AO26" t="s">
         <v>992</v>
       </c>
-      <c r="AQ24" t="s">
-[...22 lines deleted...]
-      <c r="AO25" t="s">
+      <c r="AS26" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="27" spans="1:45" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>756</v>
+      </c>
+      <c r="B27" t="s">
+        <v>171</v>
+      </c>
+      <c r="G27" t="s">
+        <v>127</v>
+      </c>
+      <c r="T27" t="s">
+        <v>891</v>
+      </c>
+      <c r="V27" s="21" t="s">
+        <v>1004</v>
+      </c>
+      <c r="AO27" t="s">
         <v>993</v>
       </c>
-      <c r="AQ25" t="s">
-[...22 lines deleted...]
-      <c r="AO26" t="s">
+      <c r="AS27" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="28" spans="1:45" x14ac:dyDescent="0.25">
+      <c r="B28" t="s">
+        <v>173</v>
+      </c>
+      <c r="G28" t="s">
+        <v>131</v>
+      </c>
+      <c r="T28" t="s">
+        <v>892</v>
+      </c>
+      <c r="V28" t="s">
+        <v>957</v>
+      </c>
+      <c r="AO28" t="s">
+        <v>987</v>
+      </c>
+      <c r="AS28" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="29" spans="1:45" x14ac:dyDescent="0.25">
+      <c r="B29" t="s">
+        <v>175</v>
+      </c>
+      <c r="G29" t="s">
+        <v>135</v>
+      </c>
+      <c r="T29" t="s">
+        <v>893</v>
+      </c>
+      <c r="V29" t="s">
+        <v>958</v>
+      </c>
+      <c r="AO29" t="s">
         <v>994</v>
       </c>
-      <c r="AQ26" t="s">
-[...42 lines deleted...]
-      <c r="AQ28" t="s">
+      <c r="AS29" t="s">
         <v>176</v>
       </c>
     </row>
-    <row r="29" spans="1:43" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-    <row r="30" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:45" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
         <v>49</v>
       </c>
       <c r="G30" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="T30" t="s">
-        <v>896</v>
+        <v>894</v>
       </c>
       <c r="V30" t="s">
-        <v>961</v>
-[...5 lines deleted...]
-    <row r="31" spans="1:43" x14ac:dyDescent="0.25">
+        <v>959</v>
+      </c>
+      <c r="AS30" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="31" spans="1:45" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
         <v>50</v>
       </c>
       <c r="G31" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="T31" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="V31" t="s">
-        <v>962</v>
-[...5 lines deleted...]
-    <row r="32" spans="1:43" x14ac:dyDescent="0.25">
+        <v>960</v>
+      </c>
+      <c r="AS31" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="32" spans="1:45" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
         <v>51</v>
       </c>
       <c r="G32" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="T32" t="s">
-        <v>898</v>
+        <v>896</v>
       </c>
       <c r="V32" t="s">
-        <v>963</v>
-[...1 lines deleted...]
-      <c r="AQ32" t="s">
+        <v>961</v>
+      </c>
+      <c r="AS32" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="33" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B33" t="s">
+        <v>65</v>
+      </c>
+      <c r="G33" t="s">
+        <v>151</v>
+      </c>
+      <c r="T33" t="s">
+        <v>897</v>
+      </c>
+      <c r="V33" t="s">
+        <v>1003</v>
+      </c>
+      <c r="AS33" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="34" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B34" t="s">
+        <v>76</v>
+      </c>
+      <c r="G34" t="s">
+        <v>156</v>
+      </c>
+      <c r="V34" t="s">
+        <v>1005</v>
+      </c>
+      <c r="AS34" t="s">
         <v>181</v>
       </c>
     </row>
-    <row r="33" spans="2:43" x14ac:dyDescent="0.25">
-[...30 lines deleted...]
-    <row r="35" spans="2:43" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:45" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
         <v>52</v>
       </c>
       <c r="G35" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="V35" t="s">
-        <v>1008</v>
-[...1 lines deleted...]
-      <c r="AQ35" t="s">
+        <v>1006</v>
+      </c>
+      <c r="AS35" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="36" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B36" t="s">
+        <v>183</v>
+      </c>
+      <c r="G36" t="s">
+        <v>928</v>
+      </c>
+      <c r="V36" t="s">
+        <v>1007</v>
+      </c>
+      <c r="AS36" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="36" spans="2:43" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-    <row r="37" spans="2:43" x14ac:dyDescent="0.25">
+    <row r="37" spans="2:45" x14ac:dyDescent="0.25">
       <c r="B37" t="s">
         <v>53</v>
       </c>
       <c r="G37" t="s">
-        <v>866</v>
+        <v>864</v>
       </c>
       <c r="V37" t="s">
+        <v>1008</v>
+      </c>
+      <c r="AS37" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="38" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B38" t="s">
+        <v>186</v>
+      </c>
+      <c r="G38" t="s">
+        <v>996</v>
+      </c>
+      <c r="V38" t="s">
+        <v>1009</v>
+      </c>
+      <c r="AS38" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="39" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B39" t="s">
+        <v>188</v>
+      </c>
+      <c r="G39" t="s">
+        <v>997</v>
+      </c>
+      <c r="V39" t="s">
         <v>1010</v>
       </c>
-      <c r="AQ37" t="s">
-[...13 lines deleted...]
-      <c r="AQ38" t="s">
+      <c r="AS39" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="39" spans="2:43" x14ac:dyDescent="0.25">
-      <c r="B39" t="s">
+    <row r="40" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B40" t="s">
         <v>190</v>
       </c>
-      <c r="G39" t="s">
-[...5 lines deleted...]
-      <c r="AQ39" t="s">
+      <c r="AS40" t="s">
         <v>191</v>
       </c>
     </row>
-    <row r="40" spans="2:43" x14ac:dyDescent="0.25">
-      <c r="B40" t="s">
+    <row r="41" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>66</v>
+      </c>
+      <c r="AS41" t="s">
         <v>192</v>
       </c>
-      <c r="AQ40" t="s">
+    </row>
+    <row r="42" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B42" t="s">
         <v>193</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B41" t="s">
+      <c r="AS42" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="43" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B43" t="s">
+        <v>195</v>
+      </c>
+      <c r="AS43" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="44" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B44" t="s">
+        <v>197</v>
+      </c>
+      <c r="AS44" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="45" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B45" t="s">
+        <v>199</v>
+      </c>
+      <c r="AS45" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="46" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B46" t="s">
+        <v>201</v>
+      </c>
+      <c r="AS46" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="47" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B47" t="s">
+        <v>203</v>
+      </c>
+      <c r="AS47" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="48" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B48" t="s">
+        <v>205</v>
+      </c>
+      <c r="AS48" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="49" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B49" t="s">
+        <v>207</v>
+      </c>
+      <c r="AS49" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="50" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B50" t="s">
+        <v>209</v>
+      </c>
+      <c r="AS50" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="51" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B51" t="s">
         <v>67</v>
       </c>
-      <c r="AQ41" t="s">
-[...68 lines deleted...]
-      <c r="B50" t="s">
+      <c r="AS51" t="s">
         <v>211</v>
       </c>
-      <c r="AQ50" t="s">
-[...11 lines deleted...]
-    <row r="52" spans="2:43" x14ac:dyDescent="0.25">
+    </row>
+    <row r="52" spans="2:45" x14ac:dyDescent="0.25">
       <c r="B52" t="s">
         <v>55</v>
       </c>
-      <c r="AQ52" t="s">
+      <c r="AS52" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="53" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B53" t="s">
+        <v>68</v>
+      </c>
+      <c r="AS53" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="54" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B54" t="s">
+        <v>77</v>
+      </c>
+      <c r="AS54" t="s">
         <v>214</v>
       </c>
     </row>
-    <row r="53" spans="2:43" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="AQ53" t="s">
+    <row r="55" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
         <v>215</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="AQ54" t="s">
+      <c r="AS55" t="s">
         <v>216</v>
       </c>
     </row>
-    <row r="55" spans="2:43" x14ac:dyDescent="0.25">
-      <c r="B55" t="s">
+    <row r="56" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B56" t="s">
         <v>217</v>
       </c>
-      <c r="AQ55" t="s">
+      <c r="AS56" t="s">
         <v>218</v>
       </c>
     </row>
-    <row r="56" spans="2:43" x14ac:dyDescent="0.25">
-      <c r="B56" t="s">
+    <row r="57" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B57" t="s">
         <v>219</v>
       </c>
-      <c r="AQ56" t="s">
+      <c r="AS57" t="s">
         <v>220</v>
       </c>
     </row>
-    <row r="57" spans="2:43" x14ac:dyDescent="0.25">
-      <c r="B57" t="s">
+    <row r="58" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B58" t="s">
         <v>221</v>
       </c>
-      <c r="AQ57" t="s">
+      <c r="AS58" t="s">
         <v>222</v>
       </c>
     </row>
-    <row r="58" spans="2:43" x14ac:dyDescent="0.25">
-      <c r="B58" t="s">
+    <row r="59" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B59" t="s">
         <v>223</v>
       </c>
-      <c r="AQ58" t="s">
+      <c r="AS59" t="s">
         <v>224</v>
       </c>
     </row>
-    <row r="59" spans="2:43" x14ac:dyDescent="0.25">
-      <c r="B59" t="s">
+    <row r="60" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="B60" t="s">
         <v>225</v>
       </c>
-      <c r="AQ59" t="s">
+      <c r="AS60" t="s">
         <v>226</v>
       </c>
     </row>
-    <row r="60" spans="2:43" x14ac:dyDescent="0.25">
-      <c r="B60" t="s">
+    <row r="61" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="AS61" t="s">
         <v>227</v>
       </c>
-      <c r="AQ60" t="s">
+    </row>
+    <row r="62" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="AS62" t="s">
         <v>228</v>
       </c>
     </row>
-    <row r="61" spans="2:43" x14ac:dyDescent="0.25">
-      <c r="AQ61" t="s">
+    <row r="63" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="AS63" t="s">
         <v>229</v>
       </c>
     </row>
-    <row r="62" spans="2:43" x14ac:dyDescent="0.25">
-      <c r="AQ62" t="s">
+    <row r="64" spans="2:45" x14ac:dyDescent="0.25">
+      <c r="AS64" t="s">
         <v>230</v>
       </c>
     </row>
-    <row r="63" spans="2:43" x14ac:dyDescent="0.25">
-      <c r="AQ63" t="s">
+    <row r="65" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS65" t="s">
         <v>231</v>
       </c>
     </row>
-    <row r="64" spans="2:43" x14ac:dyDescent="0.25">
-      <c r="AQ64" t="s">
+    <row r="66" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS66" t="s">
         <v>232</v>
       </c>
     </row>
-    <row r="65" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ65" t="s">
+    <row r="67" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS67" t="s">
         <v>233</v>
       </c>
     </row>
-    <row r="66" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ66" t="s">
+    <row r="68" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS68" t="s">
         <v>234</v>
       </c>
     </row>
-    <row r="67" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ67" t="s">
+    <row r="69" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS69" t="s">
         <v>235</v>
       </c>
     </row>
-    <row r="68" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ68" t="s">
+    <row r="70" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS70" t="s">
         <v>236</v>
       </c>
     </row>
-    <row r="69" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ69" t="s">
+    <row r="71" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS71" t="s">
         <v>237</v>
       </c>
     </row>
-    <row r="70" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ70" t="s">
+    <row r="72" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS72" t="s">
         <v>238</v>
       </c>
     </row>
-    <row r="71" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ71" t="s">
+    <row r="73" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS73" t="s">
         <v>239</v>
       </c>
     </row>
-    <row r="72" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ72" t="s">
+    <row r="74" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS74" t="s">
         <v>240</v>
       </c>
     </row>
-    <row r="73" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ73" t="s">
+    <row r="75" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS75" t="s">
         <v>241</v>
       </c>
     </row>
-    <row r="74" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ74" t="s">
+    <row r="76" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS76" t="s">
         <v>242</v>
       </c>
     </row>
-    <row r="75" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ75" t="s">
+    <row r="77" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS77" t="s">
         <v>243</v>
       </c>
     </row>
-    <row r="76" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ76" t="s">
+    <row r="78" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS78" t="s">
         <v>244</v>
       </c>
     </row>
-    <row r="77" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ77" t="s">
+    <row r="79" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS79" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="78" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ78" t="s">
+    <row r="80" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS80" t="s">
         <v>246</v>
       </c>
     </row>
-    <row r="79" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ79" t="s">
+    <row r="81" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS81" t="s">
         <v>247</v>
       </c>
     </row>
-    <row r="80" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ80" t="s">
+    <row r="82" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS82" t="s">
         <v>248</v>
       </c>
     </row>
-    <row r="81" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ81" t="s">
+    <row r="83" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS83" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="82" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ82" t="s">
+    <row r="84" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS84" t="s">
         <v>250</v>
       </c>
     </row>
-    <row r="83" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ83" t="s">
+    <row r="85" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS85" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="84" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ84" t="s">
+    <row r="86" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS86" t="s">
         <v>252</v>
       </c>
     </row>
-    <row r="85" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ85" t="s">
+    <row r="87" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS87" t="s">
         <v>253</v>
       </c>
     </row>
-    <row r="86" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ86" t="s">
+    <row r="88" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS88" t="s">
         <v>254</v>
       </c>
     </row>
-    <row r="87" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ87" t="s">
+    <row r="89" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS89" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="88" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ88" t="s">
+    <row r="90" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS90" t="s">
         <v>256</v>
       </c>
     </row>
-    <row r="89" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ89" t="s">
+    <row r="91" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS91" t="s">
         <v>257</v>
       </c>
     </row>
-    <row r="90" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ90" t="s">
+    <row r="92" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS92" t="s">
         <v>258</v>
       </c>
     </row>
-    <row r="91" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ91" t="s">
+    <row r="93" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS93" t="s">
         <v>259</v>
       </c>
     </row>
-    <row r="92" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ92" t="s">
+    <row r="94" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS94" t="s">
         <v>260</v>
       </c>
     </row>
-    <row r="93" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ93" t="s">
+    <row r="95" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS95" t="s">
         <v>261</v>
       </c>
     </row>
-    <row r="94" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ94" t="s">
+    <row r="96" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS96" t="s">
         <v>262</v>
       </c>
     </row>
-    <row r="95" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ95" t="s">
+    <row r="97" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS97" t="s">
         <v>263</v>
       </c>
     </row>
-    <row r="96" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ96" t="s">
+    <row r="98" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS98" t="s">
         <v>264</v>
       </c>
     </row>
-    <row r="97" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ97" t="s">
+    <row r="99" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS99" t="s">
         <v>265</v>
       </c>
     </row>
-    <row r="98" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ98" t="s">
+    <row r="100" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS100" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="99" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ99" t="s">
+    <row r="101" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS101" t="s">
         <v>267</v>
       </c>
     </row>
-    <row r="100" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ100" t="s">
+    <row r="102" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS102" t="s">
         <v>268</v>
       </c>
     </row>
-    <row r="101" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ101" t="s">
+    <row r="103" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS103" t="s">
         <v>269</v>
       </c>
     </row>
-    <row r="102" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ102" t="s">
+    <row r="104" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS104" t="s">
         <v>270</v>
       </c>
     </row>
-    <row r="103" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ103" t="s">
+    <row r="105" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS105" t="s">
         <v>271</v>
       </c>
     </row>
-    <row r="104" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ104" t="s">
+    <row r="106" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS106" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="105" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ105" t="s">
+    <row r="107" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS107" t="s">
         <v>273</v>
       </c>
     </row>
-    <row r="106" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ106" t="s">
+    <row r="108" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS108" t="s">
         <v>274</v>
       </c>
     </row>
-    <row r="107" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ107" t="s">
+    <row r="109" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS109" t="s">
         <v>275</v>
       </c>
     </row>
-    <row r="108" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ108" t="s">
+    <row r="110" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS110" t="s">
         <v>276</v>
       </c>
     </row>
-    <row r="109" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ109" t="s">
+    <row r="111" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS111" t="s">
         <v>277</v>
       </c>
     </row>
-    <row r="110" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ110" t="s">
+    <row r="112" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS112" t="s">
         <v>278</v>
       </c>
     </row>
-    <row r="111" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ111" t="s">
+    <row r="113" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS113" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="112" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ112" t="s">
+    <row r="114" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS114" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="113" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ113" t="s">
+    <row r="115" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS115" t="s">
         <v>281</v>
       </c>
     </row>
-    <row r="114" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ114" t="s">
+    <row r="116" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS116" t="s">
         <v>282</v>
       </c>
     </row>
-    <row r="115" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ115" t="s">
+    <row r="117" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS117" t="s">
         <v>283</v>
       </c>
     </row>
-    <row r="116" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ116" t="s">
+    <row r="118" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS118" t="s">
         <v>284</v>
       </c>
     </row>
-    <row r="117" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ117" t="s">
+    <row r="119" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS119" t="s">
         <v>285</v>
       </c>
     </row>
-    <row r="118" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ118" t="s">
+    <row r="120" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS120" t="s">
         <v>286</v>
       </c>
     </row>
-    <row r="119" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ119" t="s">
+    <row r="121" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS121" t="s">
         <v>287</v>
       </c>
     </row>
-    <row r="120" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ120" t="s">
+    <row r="122" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS122" t="s">
         <v>288</v>
       </c>
     </row>
-    <row r="121" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ121" t="s">
+    <row r="123" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS123" t="s">
         <v>289</v>
       </c>
     </row>
-    <row r="122" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ122" t="s">
+    <row r="124" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS124" t="s">
         <v>290</v>
       </c>
     </row>
-    <row r="123" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ123" t="s">
+    <row r="125" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS125" t="s">
         <v>291</v>
       </c>
     </row>
-    <row r="124" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ124" t="s">
+    <row r="126" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS126" t="s">
         <v>292</v>
       </c>
     </row>
-    <row r="125" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ125" t="s">
+    <row r="127" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS127" t="s">
         <v>293</v>
       </c>
     </row>
-    <row r="126" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ126" t="s">
+    <row r="128" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS128" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="127" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ127" t="s">
+    <row r="129" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS129" t="s">
         <v>295</v>
       </c>
     </row>
-    <row r="128" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ128" t="s">
+    <row r="130" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS130" t="s">
         <v>296</v>
       </c>
     </row>
-    <row r="129" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ129" t="s">
+    <row r="131" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS131" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="130" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ130" t="s">
+    <row r="132" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS132" t="s">
         <v>298</v>
       </c>
     </row>
-    <row r="131" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ131" t="s">
+    <row r="133" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS133" t="s">
         <v>299</v>
       </c>
     </row>
-    <row r="132" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ132" t="s">
+    <row r="134" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS134" t="s">
         <v>300</v>
       </c>
     </row>
-    <row r="133" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ133" t="s">
+    <row r="135" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS135" t="s">
         <v>301</v>
       </c>
     </row>
-    <row r="134" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ134" t="s">
+    <row r="136" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS136" t="s">
         <v>302</v>
       </c>
     </row>
-    <row r="135" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ135" t="s">
+    <row r="137" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS137" t="s">
         <v>303</v>
       </c>
     </row>
-    <row r="136" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ136" t="s">
+    <row r="138" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS138" t="s">
         <v>304</v>
       </c>
     </row>
-    <row r="137" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ137" t="s">
+    <row r="139" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS139" t="s">
         <v>305</v>
       </c>
     </row>
-    <row r="138" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ138" t="s">
+    <row r="140" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS140" t="s">
         <v>306</v>
       </c>
     </row>
-    <row r="139" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ139" t="s">
+    <row r="141" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS141" t="s">
         <v>307</v>
       </c>
     </row>
-    <row r="140" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ140" t="s">
+    <row r="142" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS142" t="s">
         <v>308</v>
       </c>
     </row>
-    <row r="141" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ141" t="s">
+    <row r="143" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS143" t="s">
         <v>309</v>
       </c>
     </row>
-    <row r="142" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ142" t="s">
+    <row r="144" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS144" t="s">
         <v>310</v>
       </c>
     </row>
-    <row r="143" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ143" t="s">
+    <row r="145" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS145" t="s">
         <v>311</v>
       </c>
     </row>
-    <row r="144" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ144" t="s">
+    <row r="146" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS146" t="s">
         <v>312</v>
       </c>
     </row>
-    <row r="145" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ145" t="s">
+    <row r="147" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS147" t="s">
         <v>313</v>
       </c>
     </row>
-    <row r="146" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ146" t="s">
+    <row r="148" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS148" t="s">
         <v>314</v>
       </c>
     </row>
-    <row r="147" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ147" t="s">
+    <row r="149" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS149" t="s">
         <v>315</v>
       </c>
     </row>
-    <row r="148" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ148" t="s">
+    <row r="150" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS150" t="s">
         <v>316</v>
       </c>
     </row>
-    <row r="149" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ149" t="s">
+    <row r="151" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS151" t="s">
         <v>317</v>
       </c>
     </row>
-    <row r="150" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ150" t="s">
+    <row r="152" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS152" t="s">
         <v>318</v>
       </c>
     </row>
-    <row r="151" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ151" t="s">
+    <row r="153" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS153" t="s">
         <v>319</v>
       </c>
     </row>
-    <row r="152" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ152" t="s">
+    <row r="154" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS154" t="s">
         <v>320</v>
       </c>
     </row>
-    <row r="153" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ153" t="s">
+    <row r="155" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS155" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="154" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ154" t="s">
+    <row r="156" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS156" t="s">
         <v>322</v>
       </c>
     </row>
-    <row r="155" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ155" t="s">
+    <row r="157" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS157" t="s">
         <v>323</v>
       </c>
     </row>
-    <row r="156" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ156" t="s">
+    <row r="158" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS158" t="s">
         <v>324</v>
       </c>
     </row>
-    <row r="157" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ157" t="s">
+    <row r="159" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS159" t="s">
         <v>325</v>
       </c>
     </row>
-    <row r="158" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ158" t="s">
+    <row r="160" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS160" t="s">
         <v>326</v>
       </c>
     </row>
-    <row r="159" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ159" t="s">
+    <row r="161" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS161" t="s">
         <v>327</v>
       </c>
     </row>
-    <row r="160" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ160" t="s">
+    <row r="162" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS162" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="161" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ161" t="s">
+    <row r="163" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS163" t="s">
         <v>329</v>
       </c>
     </row>
-    <row r="162" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ162" t="s">
+    <row r="164" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS164" t="s">
         <v>330</v>
       </c>
     </row>
-    <row r="163" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ163" t="s">
+    <row r="165" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS165" t="s">
         <v>331</v>
       </c>
     </row>
-    <row r="164" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ164" t="s">
+    <row r="166" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS166" t="s">
         <v>332</v>
       </c>
     </row>
-    <row r="165" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ165" t="s">
+    <row r="167" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS167" t="s">
         <v>333</v>
       </c>
     </row>
-    <row r="166" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ166" t="s">
+    <row r="168" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS168" t="s">
         <v>334</v>
       </c>
     </row>
-    <row r="167" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ167" t="s">
+    <row r="169" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS169" t="s">
         <v>335</v>
       </c>
     </row>
-    <row r="168" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ168" t="s">
+    <row r="170" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS170" t="s">
         <v>336</v>
       </c>
     </row>
-    <row r="169" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ169" t="s">
+    <row r="171" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS171" t="s">
         <v>337</v>
       </c>
     </row>
-    <row r="170" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ170" t="s">
+    <row r="172" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS172" t="s">
         <v>338</v>
       </c>
     </row>
-    <row r="171" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ171" t="s">
+    <row r="173" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS173" t="s">
         <v>339</v>
       </c>
     </row>
-    <row r="172" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ172" t="s">
+    <row r="174" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS174" t="s">
         <v>340</v>
       </c>
     </row>
-    <row r="173" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ173" t="s">
+    <row r="175" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS175" t="s">
         <v>341</v>
       </c>
     </row>
-    <row r="174" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ174" t="s">
+    <row r="176" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS176" t="s">
         <v>342</v>
       </c>
     </row>
-    <row r="175" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ175" t="s">
+    <row r="177" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS177" t="s">
         <v>343</v>
       </c>
     </row>
-    <row r="176" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ176" t="s">
+    <row r="178" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS178" t="s">
         <v>344</v>
       </c>
     </row>
-    <row r="177" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ177" t="s">
+    <row r="179" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS179" t="s">
         <v>345</v>
       </c>
     </row>
-    <row r="178" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ178" t="s">
+    <row r="180" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS180" t="s">
         <v>346</v>
       </c>
     </row>
-    <row r="179" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ179" t="s">
+    <row r="181" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS181" t="s">
         <v>347</v>
       </c>
     </row>
-    <row r="180" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ180" t="s">
+    <row r="182" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS182" t="s">
         <v>348</v>
       </c>
     </row>
-    <row r="181" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ181" t="s">
+    <row r="183" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS183" t="s">
         <v>349</v>
       </c>
     </row>
-    <row r="182" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ182" t="s">
+    <row r="184" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS184" t="s">
         <v>350</v>
       </c>
     </row>
-    <row r="183" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ183" t="s">
+    <row r="185" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS185" t="s">
         <v>351</v>
       </c>
     </row>
-    <row r="184" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ184" t="s">
+    <row r="186" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS186" t="s">
         <v>352</v>
       </c>
     </row>
-    <row r="185" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ185" t="s">
+    <row r="187" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS187" t="s">
         <v>353</v>
       </c>
     </row>
-    <row r="186" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ186" t="s">
+    <row r="188" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS188" t="s">
         <v>354</v>
       </c>
     </row>
-    <row r="187" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ187" t="s">
+    <row r="189" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS189" t="s">
         <v>355</v>
       </c>
     </row>
-    <row r="188" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ188" t="s">
+    <row r="190" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS190" t="s">
         <v>356</v>
       </c>
     </row>
-    <row r="189" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ189" t="s">
+    <row r="191" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS191" t="s">
         <v>357</v>
       </c>
     </row>
-    <row r="190" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ190" t="s">
+    <row r="192" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS192" t="s">
         <v>358</v>
       </c>
     </row>
-    <row r="191" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ191" t="s">
+    <row r="193" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS193" t="s">
         <v>359</v>
       </c>
     </row>
-    <row r="192" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ192" t="s">
+    <row r="194" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS194" t="s">
         <v>360</v>
       </c>
     </row>
-    <row r="193" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ193" t="s">
+    <row r="195" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS195" t="s">
         <v>361</v>
       </c>
     </row>
-    <row r="194" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ194" t="s">
+    <row r="196" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS196" t="s">
         <v>362</v>
       </c>
     </row>
-    <row r="195" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ195" t="s">
+    <row r="197" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS197" t="s">
         <v>363</v>
       </c>
     </row>
-    <row r="196" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ196" t="s">
+    <row r="198" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS198" t="s">
         <v>364</v>
       </c>
     </row>
-    <row r="197" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ197" t="s">
+    <row r="199" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS199" t="s">
         <v>365</v>
       </c>
     </row>
-    <row r="198" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ198" t="s">
+    <row r="200" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS200" t="s">
         <v>366</v>
       </c>
     </row>
-    <row r="199" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ199" t="s">
+    <row r="201" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS201" t="s">
         <v>367</v>
       </c>
     </row>
-    <row r="200" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ200" t="s">
+    <row r="202" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS202" t="s">
         <v>368</v>
       </c>
     </row>
-    <row r="201" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ201" t="s">
+    <row r="203" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS203" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="202" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ202" t="s">
+    <row r="204" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS204" t="s">
         <v>370</v>
       </c>
     </row>
-    <row r="203" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ203" t="s">
+    <row r="205" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS205" t="s">
         <v>371</v>
       </c>
     </row>
-    <row r="204" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ204" t="s">
+    <row r="206" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS206" t="s">
         <v>372</v>
       </c>
     </row>
-    <row r="205" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ205" t="s">
+    <row r="207" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS207" t="s">
         <v>373</v>
       </c>
     </row>
-    <row r="206" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ206" t="s">
+    <row r="208" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS208" t="s">
         <v>374</v>
       </c>
     </row>
-    <row r="207" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ207" t="s">
+    <row r="209" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS209" t="s">
         <v>375</v>
       </c>
     </row>
-    <row r="208" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ208" t="s">
+    <row r="210" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS210" t="s">
         <v>376</v>
       </c>
     </row>
-    <row r="209" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ209" t="s">
+    <row r="211" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS211" t="s">
         <v>377</v>
       </c>
     </row>
-    <row r="210" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ210" t="s">
+    <row r="212" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS212" t="s">
         <v>378</v>
       </c>
     </row>
-    <row r="211" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ211" t="s">
+    <row r="213" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS213" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="212" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ212" t="s">
+    <row r="214" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS214" t="s">
         <v>380</v>
       </c>
     </row>
-    <row r="213" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ213" t="s">
+    <row r="215" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS215" t="s">
         <v>381</v>
       </c>
     </row>
-    <row r="214" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ214" t="s">
+    <row r="216" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS216" t="s">
         <v>382</v>
       </c>
     </row>
-    <row r="215" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ215" t="s">
+    <row r="217" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS217" t="s">
         <v>383</v>
       </c>
     </row>
-    <row r="216" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ216" t="s">
+    <row r="218" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS218" t="s">
         <v>384</v>
       </c>
     </row>
-    <row r="217" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ217" t="s">
+    <row r="219" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS219" t="s">
         <v>385</v>
       </c>
     </row>
-    <row r="218" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ218" t="s">
+    <row r="220" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS220" t="s">
         <v>386</v>
       </c>
     </row>
-    <row r="219" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ219" t="s">
+    <row r="221" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS221" t="s">
         <v>387</v>
       </c>
     </row>
-    <row r="220" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ220" t="s">
+    <row r="222" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS222" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="221" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ221" t="s">
+    <row r="223" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS223" t="s">
         <v>389</v>
       </c>
     </row>
-    <row r="222" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ222" t="s">
+    <row r="224" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS224" t="s">
         <v>390</v>
       </c>
     </row>
-    <row r="223" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ223" t="s">
+    <row r="225" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS225" t="s">
         <v>391</v>
       </c>
     </row>
-    <row r="224" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ224" t="s">
+    <row r="226" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS226" t="s">
         <v>392</v>
       </c>
     </row>
-    <row r="225" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ225" t="s">
+    <row r="227" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS227" t="s">
         <v>393</v>
       </c>
     </row>
-    <row r="226" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ226" t="s">
+    <row r="228" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS228" t="s">
         <v>394</v>
       </c>
     </row>
-    <row r="227" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ227" t="s">
+    <row r="229" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS229" t="s">
         <v>395</v>
       </c>
     </row>
-    <row r="228" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ228" t="s">
+    <row r="230" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS230" t="s">
         <v>396</v>
       </c>
     </row>
-    <row r="229" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ229" t="s">
+    <row r="231" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS231" t="s">
         <v>397</v>
       </c>
     </row>
-    <row r="230" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ230" t="s">
+    <row r="232" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS232" t="s">
         <v>398</v>
       </c>
     </row>
-    <row r="231" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ231" t="s">
+    <row r="233" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS233" t="s">
         <v>399</v>
       </c>
     </row>
-    <row r="232" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ232" t="s">
+    <row r="234" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS234" t="s">
         <v>400</v>
       </c>
     </row>
-    <row r="233" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ233" t="s">
+    <row r="235" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS235" t="s">
         <v>401</v>
       </c>
     </row>
-    <row r="234" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ234" t="s">
+    <row r="236" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS236" t="s">
         <v>402</v>
       </c>
     </row>
-    <row r="235" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ235" t="s">
+    <row r="237" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS237" t="s">
         <v>403</v>
       </c>
     </row>
-    <row r="236" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ236" t="s">
+    <row r="238" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS238" t="s">
         <v>404</v>
       </c>
     </row>
-    <row r="237" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ237" t="s">
+    <row r="239" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS239" t="s">
         <v>405</v>
       </c>
     </row>
-    <row r="238" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ238" t="s">
+    <row r="240" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS240" t="s">
         <v>406</v>
       </c>
     </row>
-    <row r="239" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ239" t="s">
+    <row r="241" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS241" t="s">
         <v>407</v>
       </c>
     </row>
-    <row r="240" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ240" t="s">
+    <row r="242" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS242" t="s">
         <v>408</v>
       </c>
     </row>
-    <row r="241" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ241" t="s">
+    <row r="243" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS243" t="s">
         <v>409</v>
       </c>
     </row>
-    <row r="242" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ242" t="s">
+    <row r="244" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS244" t="s">
         <v>410</v>
       </c>
     </row>
-    <row r="243" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ243" t="s">
+    <row r="245" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS245" t="s">
         <v>411</v>
       </c>
     </row>
-    <row r="244" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ244" t="s">
+    <row r="246" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS246" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="245" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ245" t="s">
+    <row r="247" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS247" t="s">
         <v>413</v>
       </c>
     </row>
-    <row r="246" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ246" t="s">
+    <row r="248" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS248" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="247" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ247" t="s">
+    <row r="249" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS249" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="248" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ248" t="s">
+    <row r="250" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS250" t="s">
         <v>416</v>
       </c>
     </row>
-    <row r="249" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ249" t="s">
+    <row r="251" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS251" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="250" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ250" t="s">
+    <row r="252" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS252" t="s">
         <v>418</v>
       </c>
     </row>
-    <row r="251" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ251" t="s">
+    <row r="253" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS253" t="s">
         <v>419</v>
       </c>
     </row>
-    <row r="252" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ252" t="s">
+    <row r="254" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS254" t="s">
         <v>420</v>
       </c>
     </row>
-    <row r="253" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ253" t="s">
+    <row r="255" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS255" t="s">
         <v>421</v>
       </c>
     </row>
-    <row r="254" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ254" t="s">
+    <row r="256" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS256" t="s">
         <v>422</v>
       </c>
     </row>
-    <row r="255" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ255" t="s">
+    <row r="257" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS257" t="s">
         <v>423</v>
       </c>
     </row>
-    <row r="256" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ256" t="s">
+    <row r="258" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS258" t="s">
         <v>424</v>
       </c>
     </row>
-    <row r="257" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ257" t="s">
+    <row r="259" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS259" t="s">
         <v>425</v>
       </c>
     </row>
-    <row r="258" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ258" t="s">
+    <row r="260" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS260" t="s">
         <v>426</v>
       </c>
     </row>
-    <row r="259" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ259" t="s">
+    <row r="261" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS261" t="s">
         <v>427</v>
       </c>
     </row>
-    <row r="260" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ260" t="s">
+    <row r="262" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS262" t="s">
         <v>428</v>
       </c>
     </row>
-    <row r="261" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ261" t="s">
+    <row r="263" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS263" t="s">
         <v>429</v>
       </c>
     </row>
-    <row r="262" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ262" t="s">
+    <row r="264" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS264" t="s">
         <v>430</v>
       </c>
     </row>
-    <row r="263" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ263" t="s">
+    <row r="265" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS265" t="s">
         <v>431</v>
       </c>
     </row>
-    <row r="264" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ264" t="s">
+    <row r="266" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS266" t="s">
         <v>432</v>
       </c>
     </row>
-    <row r="265" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ265" t="s">
+    <row r="267" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS267" t="s">
         <v>433</v>
       </c>
     </row>
-    <row r="266" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ266" t="s">
+    <row r="268" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS268" t="s">
         <v>434</v>
       </c>
     </row>
-    <row r="267" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ267" t="s">
+    <row r="269" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS269" t="s">
         <v>435</v>
       </c>
     </row>
-    <row r="268" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ268" t="s">
+    <row r="270" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS270" t="s">
         <v>436</v>
       </c>
     </row>
-    <row r="269" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ269" t="s">
+    <row r="271" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS271" t="s">
         <v>437</v>
       </c>
     </row>
-    <row r="270" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ270" t="s">
+    <row r="272" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS272" t="s">
         <v>438</v>
       </c>
     </row>
-    <row r="271" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ271" t="s">
+    <row r="273" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS273" t="s">
         <v>439</v>
       </c>
     </row>
-    <row r="272" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ272" t="s">
+    <row r="274" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS274" t="s">
         <v>440</v>
       </c>
     </row>
-    <row r="273" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ273" t="s">
+    <row r="275" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS275" t="s">
         <v>441</v>
       </c>
     </row>
-    <row r="274" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ274" t="s">
+    <row r="276" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS276" t="s">
         <v>442</v>
       </c>
     </row>
-    <row r="275" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ275" t="s">
+    <row r="277" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS277" t="s">
         <v>443</v>
       </c>
     </row>
-    <row r="276" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ276" t="s">
+    <row r="278" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS278" t="s">
         <v>444</v>
       </c>
     </row>
-    <row r="277" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ277" t="s">
+    <row r="279" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS279" t="s">
         <v>445</v>
       </c>
     </row>
-    <row r="278" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ278" t="s">
+    <row r="280" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS280" t="s">
         <v>446</v>
       </c>
     </row>
-    <row r="279" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ279" t="s">
+    <row r="281" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS281" t="s">
         <v>447</v>
       </c>
     </row>
-    <row r="280" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ280" t="s">
+    <row r="282" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS282" t="s">
         <v>448</v>
       </c>
     </row>
-    <row r="281" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ281" t="s">
+    <row r="283" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS283" t="s">
         <v>449</v>
       </c>
     </row>
-    <row r="282" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ282" t="s">
+    <row r="284" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS284" t="s">
         <v>450</v>
       </c>
     </row>
-    <row r="283" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ283" t="s">
+    <row r="285" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS285" t="s">
         <v>451</v>
       </c>
     </row>
-    <row r="284" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ284" t="s">
+    <row r="286" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS286" t="s">
         <v>452</v>
       </c>
     </row>
-    <row r="285" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ285" t="s">
+    <row r="287" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS287" t="s">
         <v>453</v>
       </c>
     </row>
-    <row r="286" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ286" t="s">
+    <row r="288" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS288" t="s">
         <v>454</v>
       </c>
     </row>
-    <row r="287" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ287" t="s">
+    <row r="289" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS289" t="s">
         <v>455</v>
       </c>
     </row>
-    <row r="288" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ288" t="s">
+    <row r="290" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS290" t="s">
         <v>456</v>
       </c>
     </row>
-    <row r="289" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ289" t="s">
+    <row r="291" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS291" t="s">
         <v>457</v>
       </c>
     </row>
-    <row r="290" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ290" t="s">
+    <row r="292" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS292" t="s">
         <v>458</v>
       </c>
     </row>
-    <row r="291" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ291" t="s">
+    <row r="293" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS293" t="s">
         <v>459</v>
       </c>
     </row>
-    <row r="292" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ292" t="s">
+    <row r="294" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS294" t="s">
         <v>460</v>
       </c>
     </row>
-    <row r="293" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ293" t="s">
+    <row r="295" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS295" t="s">
         <v>461</v>
       </c>
     </row>
-    <row r="294" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ294" t="s">
+    <row r="296" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS296" t="s">
         <v>462</v>
       </c>
     </row>
-    <row r="295" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ295" t="s">
+    <row r="297" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS297" t="s">
         <v>463</v>
       </c>
     </row>
-    <row r="296" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ296" t="s">
+    <row r="298" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS298" t="s">
         <v>464</v>
       </c>
     </row>
-    <row r="297" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ297" t="s">
+    <row r="299" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS299" t="s">
         <v>465</v>
       </c>
     </row>
-    <row r="298" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ298" t="s">
+    <row r="300" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS300" t="s">
         <v>466</v>
       </c>
     </row>
-    <row r="299" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ299" t="s">
+    <row r="301" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS301" t="s">
         <v>467</v>
       </c>
     </row>
-    <row r="300" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ300" t="s">
+    <row r="302" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS302" t="s">
         <v>468</v>
       </c>
     </row>
-    <row r="301" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ301" t="s">
+    <row r="303" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS303" t="s">
         <v>469</v>
       </c>
     </row>
-    <row r="302" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ302" t="s">
+    <row r="304" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS304" t="s">
         <v>470</v>
       </c>
     </row>
-    <row r="303" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ303" t="s">
+    <row r="305" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS305" t="s">
         <v>471</v>
       </c>
     </row>
-    <row r="304" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ304" t="s">
+    <row r="306" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS306" t="s">
         <v>472</v>
       </c>
     </row>
-    <row r="305" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ305" t="s">
+    <row r="307" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS307" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="306" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ306" t="s">
+    <row r="308" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS308" t="s">
         <v>474</v>
       </c>
     </row>
-    <row r="307" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ307" t="s">
+    <row r="309" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS309" t="s">
         <v>475</v>
       </c>
     </row>
-    <row r="308" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ308" t="s">
+    <row r="310" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS310" t="s">
         <v>476</v>
       </c>
     </row>
-    <row r="309" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ309" t="s">
+    <row r="311" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS311" t="s">
         <v>477</v>
       </c>
     </row>
-    <row r="310" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ310" t="s">
+    <row r="312" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS312" t="s">
         <v>478</v>
       </c>
     </row>
-    <row r="311" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ311" t="s">
+    <row r="313" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS313" t="s">
         <v>479</v>
       </c>
     </row>
-    <row r="312" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ312" t="s">
+    <row r="314" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS314" t="s">
         <v>480</v>
       </c>
     </row>
-    <row r="313" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ313" t="s">
+    <row r="315" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS315" t="s">
         <v>481</v>
       </c>
     </row>
-    <row r="314" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ314" t="s">
+    <row r="316" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS316" t="s">
         <v>482</v>
       </c>
     </row>
-    <row r="315" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ315" t="s">
+    <row r="317" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS317" t="s">
         <v>483</v>
       </c>
     </row>
-    <row r="316" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ316" t="s">
+    <row r="318" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS318" t="s">
         <v>484</v>
       </c>
     </row>
-    <row r="317" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ317" t="s">
+    <row r="319" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS319" t="s">
         <v>485</v>
       </c>
     </row>
-    <row r="318" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ318" t="s">
+    <row r="320" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS320" t="s">
         <v>486</v>
       </c>
     </row>
-    <row r="319" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ319" t="s">
+    <row r="321" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS321" t="s">
         <v>487</v>
       </c>
     </row>
-    <row r="320" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ320" t="s">
+    <row r="322" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS322" t="s">
         <v>488</v>
       </c>
     </row>
-    <row r="321" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ321" t="s">
+    <row r="323" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS323" t="s">
         <v>489</v>
       </c>
     </row>
-    <row r="322" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ322" t="s">
+    <row r="324" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS324" t="s">
         <v>490</v>
       </c>
     </row>
-    <row r="323" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ323" t="s">
+    <row r="325" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS325" t="s">
         <v>491</v>
       </c>
     </row>
-    <row r="324" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ324" t="s">
+    <row r="326" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS326" t="s">
         <v>492</v>
       </c>
     </row>
-    <row r="325" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ325" t="s">
+    <row r="327" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS327" t="s">
         <v>493</v>
       </c>
     </row>
-    <row r="326" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ326" t="s">
+    <row r="328" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS328" t="s">
         <v>494</v>
       </c>
     </row>
-    <row r="327" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ327" t="s">
+    <row r="329" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS329" t="s">
         <v>495</v>
       </c>
     </row>
-    <row r="328" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ328" t="s">
+    <row r="330" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS330" t="s">
         <v>496</v>
       </c>
     </row>
-    <row r="329" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ329" t="s">
+    <row r="331" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS331" t="s">
         <v>497</v>
       </c>
     </row>
-    <row r="330" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ330" t="s">
+    <row r="332" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS332" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="331" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ331" t="s">
+    <row r="333" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS333" t="s">
         <v>499</v>
       </c>
     </row>
-    <row r="332" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ332" t="s">
+    <row r="334" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS334" t="s">
         <v>500</v>
       </c>
     </row>
-    <row r="333" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ333" t="s">
+    <row r="335" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS335" t="s">
         <v>501</v>
       </c>
     </row>
-    <row r="334" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ334" t="s">
+    <row r="336" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS336" t="s">
         <v>502</v>
       </c>
     </row>
-    <row r="335" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ335" t="s">
+    <row r="337" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS337" t="s">
         <v>503</v>
       </c>
     </row>
-    <row r="336" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ336" t="s">
+    <row r="338" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS338" t="s">
         <v>504</v>
       </c>
     </row>
-    <row r="337" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ337" t="s">
+    <row r="339" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS339" t="s">
         <v>505</v>
       </c>
     </row>
-    <row r="338" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ338" t="s">
+    <row r="340" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS340" t="s">
         <v>506</v>
       </c>
     </row>
-    <row r="339" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ339" t="s">
+    <row r="341" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS341" t="s">
         <v>507</v>
       </c>
     </row>
-    <row r="340" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ340" t="s">
+    <row r="342" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS342" t="s">
         <v>508</v>
       </c>
     </row>
-    <row r="341" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ341" t="s">
+    <row r="343" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS343" t="s">
         <v>509</v>
       </c>
     </row>
-    <row r="342" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ342" t="s">
+    <row r="344" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS344" t="s">
         <v>510</v>
       </c>
     </row>
-    <row r="343" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ343" t="s">
+    <row r="345" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS345" t="s">
         <v>511</v>
       </c>
     </row>
-    <row r="344" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ344" t="s">
+    <row r="346" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS346" t="s">
         <v>512</v>
       </c>
     </row>
-    <row r="345" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ345" t="s">
+    <row r="347" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS347" t="s">
         <v>513</v>
       </c>
     </row>
-    <row r="346" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ346" t="s">
+    <row r="348" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS348" t="s">
         <v>514</v>
       </c>
     </row>
-    <row r="347" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ347" t="s">
+    <row r="349" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS349" t="s">
         <v>515</v>
       </c>
     </row>
-    <row r="348" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ348" t="s">
+    <row r="350" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS350" t="s">
         <v>516</v>
       </c>
     </row>
-    <row r="349" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ349" t="s">
+    <row r="351" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS351" t="s">
         <v>517</v>
       </c>
     </row>
-    <row r="350" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ350" t="s">
+    <row r="352" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS352" t="s">
         <v>518</v>
       </c>
     </row>
-    <row r="351" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ351" t="s">
+    <row r="353" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS353" t="s">
         <v>519</v>
       </c>
     </row>
-    <row r="352" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ352" t="s">
+    <row r="354" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS354" t="s">
         <v>520</v>
       </c>
     </row>
-    <row r="353" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ353" t="s">
+    <row r="355" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS355" t="s">
         <v>521</v>
       </c>
     </row>
-    <row r="354" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ354" t="s">
+    <row r="356" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS356" t="s">
         <v>522</v>
       </c>
     </row>
-    <row r="355" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ355" t="s">
+    <row r="357" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS357" t="s">
         <v>523</v>
       </c>
     </row>
-    <row r="356" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ356" t="s">
+    <row r="358" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS358" t="s">
         <v>524</v>
       </c>
     </row>
-    <row r="357" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ357" t="s">
+    <row r="359" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS359" t="s">
         <v>525</v>
       </c>
     </row>
-    <row r="358" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ358" t="s">
+    <row r="360" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS360" t="s">
         <v>526</v>
       </c>
     </row>
-    <row r="359" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ359" t="s">
+    <row r="361" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS361" t="s">
         <v>527</v>
       </c>
     </row>
-    <row r="360" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ360" t="s">
+    <row r="362" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS362" t="s">
         <v>528</v>
       </c>
     </row>
-    <row r="361" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ361" t="s">
+    <row r="363" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS363" t="s">
         <v>529</v>
       </c>
     </row>
-    <row r="362" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ362" t="s">
+    <row r="364" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS364" t="s">
         <v>530</v>
       </c>
     </row>
-    <row r="363" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ363" t="s">
+    <row r="365" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS365" t="s">
         <v>531</v>
       </c>
     </row>
-    <row r="364" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ364" t="s">
+    <row r="366" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS366" t="s">
         <v>532</v>
       </c>
     </row>
-    <row r="365" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ365" t="s">
+    <row r="367" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS367" t="s">
         <v>533</v>
       </c>
     </row>
-    <row r="366" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ366" t="s">
+    <row r="368" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS368" t="s">
         <v>534</v>
       </c>
     </row>
-    <row r="367" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ367" t="s">
+    <row r="369" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS369" t="s">
         <v>535</v>
       </c>
     </row>
-    <row r="368" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ368" t="s">
+    <row r="370" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS370" t="s">
         <v>536</v>
       </c>
     </row>
-    <row r="369" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ369" t="s">
+    <row r="371" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS371" t="s">
         <v>537</v>
       </c>
     </row>
-    <row r="370" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ370" t="s">
+    <row r="372" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS372" t="s">
         <v>538</v>
       </c>
     </row>
-    <row r="371" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ371" t="s">
+    <row r="373" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS373" t="s">
         <v>539</v>
       </c>
     </row>
-    <row r="372" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ372" t="s">
+    <row r="374" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS374" t="s">
         <v>540</v>
       </c>
     </row>
-    <row r="373" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ373" t="s">
+    <row r="375" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS375" t="s">
         <v>541</v>
       </c>
     </row>
-    <row r="374" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ374" t="s">
+    <row r="376" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS376" t="s">
         <v>542</v>
       </c>
     </row>
-    <row r="375" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ375" t="s">
+    <row r="377" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS377" t="s">
         <v>543</v>
       </c>
     </row>
-    <row r="376" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ376" t="s">
+    <row r="378" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS378" t="s">
         <v>544</v>
       </c>
     </row>
-    <row r="377" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ377" t="s">
+    <row r="379" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS379" t="s">
         <v>545</v>
       </c>
     </row>
-    <row r="378" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ378" t="s">
+    <row r="380" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS380" t="s">
         <v>546</v>
       </c>
     </row>
-    <row r="379" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ379" t="s">
+    <row r="381" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS381" t="s">
         <v>547</v>
       </c>
     </row>
-    <row r="380" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ380" t="s">
+    <row r="382" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS382" t="s">
         <v>548</v>
       </c>
     </row>
-    <row r="381" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ381" t="s">
+    <row r="383" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS383" t="s">
         <v>549</v>
       </c>
     </row>
-    <row r="382" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ382" t="s">
+    <row r="384" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS384" t="s">
         <v>550</v>
       </c>
     </row>
-    <row r="383" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ383" t="s">
+    <row r="385" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS385" t="s">
         <v>551</v>
       </c>
     </row>
-    <row r="384" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ384" t="s">
+    <row r="386" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS386" t="s">
         <v>552</v>
       </c>
     </row>
-    <row r="385" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ385" t="s">
+    <row r="387" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS387" t="s">
         <v>553</v>
       </c>
     </row>
-    <row r="386" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ386" t="s">
+    <row r="388" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS388" t="s">
         <v>554</v>
       </c>
     </row>
-    <row r="387" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ387" t="s">
+    <row r="389" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS389" t="s">
         <v>555</v>
       </c>
     </row>
-    <row r="388" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ388" t="s">
+    <row r="390" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS390" t="s">
         <v>556</v>
       </c>
     </row>
-    <row r="389" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ389" t="s">
+    <row r="391" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS391" t="s">
         <v>557</v>
       </c>
     </row>
-    <row r="390" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ390" t="s">
+    <row r="392" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS392" t="s">
         <v>558</v>
       </c>
     </row>
-    <row r="391" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ391" t="s">
+    <row r="393" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS393" t="s">
         <v>559</v>
       </c>
     </row>
-    <row r="392" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ392" t="s">
+    <row r="394" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS394" t="s">
         <v>560</v>
       </c>
     </row>
-    <row r="393" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ393" t="s">
+    <row r="395" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS395" t="s">
         <v>561</v>
       </c>
     </row>
-    <row r="394" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ394" t="s">
+    <row r="396" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS396" t="s">
         <v>562</v>
       </c>
     </row>
-    <row r="395" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ395" t="s">
+    <row r="397" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS397" t="s">
         <v>563</v>
       </c>
     </row>
-    <row r="396" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ396" t="s">
+    <row r="398" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS398" t="s">
         <v>564</v>
       </c>
     </row>
-    <row r="397" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ397" t="s">
+    <row r="399" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS399" t="s">
         <v>565</v>
       </c>
     </row>
-    <row r="398" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ398" t="s">
+    <row r="400" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS400" t="s">
         <v>566</v>
       </c>
     </row>
-    <row r="399" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ399" t="s">
+    <row r="401" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS401" t="s">
         <v>567</v>
       </c>
     </row>
-    <row r="400" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ400" t="s">
+    <row r="402" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS402" t="s">
         <v>568</v>
       </c>
     </row>
-    <row r="401" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ401" t="s">
+    <row r="403" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS403" t="s">
         <v>569</v>
       </c>
     </row>
-    <row r="402" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ402" t="s">
+    <row r="404" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS404" t="s">
         <v>570</v>
       </c>
     </row>
-    <row r="403" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ403" t="s">
+    <row r="405" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS405" t="s">
         <v>571</v>
       </c>
     </row>
-    <row r="404" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ404" t="s">
+    <row r="406" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS406" t="s">
         <v>572</v>
       </c>
     </row>
-    <row r="405" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ405" t="s">
+    <row r="407" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS407" t="s">
         <v>573</v>
       </c>
     </row>
-    <row r="406" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ406" t="s">
+    <row r="408" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS408" t="s">
         <v>574</v>
       </c>
     </row>
-    <row r="407" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ407" t="s">
+    <row r="409" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS409" t="s">
         <v>575</v>
       </c>
     </row>
-    <row r="408" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ408" t="s">
+    <row r="410" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS410" t="s">
         <v>576</v>
       </c>
     </row>
-    <row r="409" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ409" t="s">
+    <row r="411" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS411" t="s">
         <v>577</v>
       </c>
     </row>
-    <row r="410" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ410" t="s">
+    <row r="412" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS412" t="s">
         <v>578</v>
       </c>
     </row>
-    <row r="411" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ411" t="s">
+    <row r="413" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS413" t="s">
         <v>579</v>
       </c>
     </row>
-    <row r="412" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ412" t="s">
+    <row r="414" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS414" t="s">
         <v>580</v>
       </c>
     </row>
-    <row r="413" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ413" t="s">
+    <row r="415" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS415" t="s">
         <v>581</v>
       </c>
     </row>
-    <row r="414" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ414" t="s">
+    <row r="416" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS416" t="s">
         <v>582</v>
       </c>
     </row>
-    <row r="415" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ415" t="s">
+    <row r="417" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS417" t="s">
         <v>583</v>
       </c>
     </row>
-    <row r="416" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ416" t="s">
+    <row r="418" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS418" t="s">
         <v>584</v>
       </c>
     </row>
-    <row r="417" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ417" t="s">
+    <row r="419" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS419" t="s">
         <v>585</v>
       </c>
     </row>
-    <row r="418" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ418" t="s">
+    <row r="420" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS420" t="s">
         <v>586</v>
       </c>
     </row>
-    <row r="419" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ419" t="s">
+    <row r="421" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS421" t="s">
         <v>587</v>
       </c>
     </row>
-    <row r="420" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ420" t="s">
+    <row r="422" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS422" t="s">
         <v>588</v>
       </c>
     </row>
-    <row r="421" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ421" t="s">
+    <row r="423" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS423" t="s">
         <v>589</v>
       </c>
     </row>
-    <row r="422" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ422" t="s">
+    <row r="424" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS424" t="s">
         <v>590</v>
       </c>
     </row>
-    <row r="423" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ423" t="s">
+    <row r="425" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS425" t="s">
         <v>591</v>
       </c>
     </row>
-    <row r="424" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ424" t="s">
+    <row r="426" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS426" t="s">
         <v>592</v>
       </c>
     </row>
-    <row r="425" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ425" t="s">
+    <row r="427" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS427" t="s">
         <v>593</v>
       </c>
     </row>
-    <row r="426" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ426" t="s">
+    <row r="428" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS428" t="s">
         <v>594</v>
       </c>
     </row>
-    <row r="427" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ427" t="s">
+    <row r="429" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS429" t="s">
         <v>595</v>
       </c>
     </row>
-    <row r="428" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ428" t="s">
+    <row r="430" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS430" t="s">
         <v>596</v>
       </c>
     </row>
-    <row r="429" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ429" t="s">
+    <row r="431" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS431" t="s">
         <v>597</v>
       </c>
     </row>
-    <row r="430" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ430" t="s">
+    <row r="432" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS432" t="s">
         <v>598</v>
       </c>
     </row>
-    <row r="431" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ431" t="s">
+    <row r="433" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS433" t="s">
         <v>599</v>
       </c>
     </row>
-    <row r="432" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ432" t="s">
+    <row r="434" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS434" t="s">
         <v>600</v>
       </c>
     </row>
-    <row r="433" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ433" t="s">
+    <row r="435" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS435" t="s">
         <v>601</v>
       </c>
     </row>
-    <row r="434" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ434" t="s">
+    <row r="436" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS436" t="s">
         <v>602</v>
       </c>
     </row>
-    <row r="435" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ435" t="s">
+    <row r="437" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS437" t="s">
         <v>603</v>
       </c>
     </row>
-    <row r="436" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ436" t="s">
+    <row r="438" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS438" t="s">
         <v>604</v>
       </c>
     </row>
-    <row r="437" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ437" t="s">
+    <row r="439" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS439" t="s">
         <v>605</v>
       </c>
     </row>
-    <row r="438" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ438" t="s">
+    <row r="440" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS440" t="s">
         <v>606</v>
       </c>
     </row>
-    <row r="439" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ439" t="s">
+    <row r="441" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS441" t="s">
         <v>607</v>
       </c>
     </row>
-    <row r="440" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ440" t="s">
+    <row r="442" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS442" t="s">
         <v>608</v>
       </c>
     </row>
-    <row r="441" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ441" t="s">
+    <row r="443" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS443" t="s">
         <v>609</v>
       </c>
     </row>
-    <row r="442" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ442" t="s">
+    <row r="444" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS444" t="s">
         <v>610</v>
       </c>
     </row>
-    <row r="443" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ443" t="s">
+    <row r="445" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS445" t="s">
         <v>611</v>
       </c>
     </row>
-    <row r="444" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ444" t="s">
+    <row r="446" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS446" t="s">
         <v>612</v>
       </c>
     </row>
-    <row r="445" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ445" t="s">
+    <row r="447" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS447" t="s">
         <v>613</v>
       </c>
     </row>
-    <row r="446" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ446" t="s">
+    <row r="448" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS448" t="s">
         <v>614</v>
       </c>
     </row>
-    <row r="447" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ447" t="s">
+    <row r="449" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS449" t="s">
         <v>615</v>
       </c>
     </row>
-    <row r="448" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ448" t="s">
+    <row r="450" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS450" t="s">
         <v>616</v>
       </c>
     </row>
-    <row r="449" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ449" t="s">
+    <row r="451" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS451" t="s">
         <v>617</v>
       </c>
     </row>
-    <row r="450" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ450" t="s">
+    <row r="452" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS452" t="s">
         <v>618</v>
       </c>
     </row>
-    <row r="451" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ451" t="s">
+    <row r="453" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS453" t="s">
         <v>619</v>
       </c>
     </row>
-    <row r="452" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ452" t="s">
+    <row r="454" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS454" t="s">
         <v>620</v>
       </c>
     </row>
-    <row r="453" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ453" t="s">
+    <row r="455" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS455" t="s">
         <v>621</v>
       </c>
     </row>
-    <row r="454" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ454" t="s">
+    <row r="456" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS456" t="s">
         <v>622</v>
       </c>
     </row>
-    <row r="455" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ455" t="s">
+    <row r="457" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS457" t="s">
         <v>623</v>
       </c>
     </row>
-    <row r="456" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ456" t="s">
+    <row r="458" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS458" t="s">
         <v>624</v>
       </c>
     </row>
-    <row r="457" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ457" t="s">
+    <row r="459" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS459" t="s">
         <v>625</v>
       </c>
     </row>
-    <row r="458" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ458" t="s">
+    <row r="460" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS460" t="s">
         <v>626</v>
       </c>
     </row>
-    <row r="459" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ459" t="s">
+    <row r="461" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS461" t="s">
         <v>627</v>
       </c>
     </row>
-    <row r="460" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ460" t="s">
+    <row r="462" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS462" t="s">
         <v>628</v>
       </c>
     </row>
-    <row r="461" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ461" t="s">
+    <row r="463" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS463" t="s">
         <v>629</v>
       </c>
     </row>
-    <row r="462" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ462" t="s">
+    <row r="464" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS464" t="s">
         <v>630</v>
       </c>
     </row>
-    <row r="463" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ463" t="s">
+    <row r="465" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS465" t="s">
         <v>631</v>
       </c>
     </row>
-    <row r="464" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ464" t="s">
+    <row r="466" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS466" t="s">
         <v>632</v>
       </c>
     </row>
-    <row r="465" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ465" t="s">
+    <row r="467" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS467" t="s">
         <v>633</v>
       </c>
     </row>
-    <row r="466" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ466" t="s">
+    <row r="468" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS468" t="s">
         <v>634</v>
       </c>
     </row>
-    <row r="467" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ467" t="s">
+    <row r="469" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS469" t="s">
         <v>635</v>
       </c>
     </row>
-    <row r="468" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ468" t="s">
+    <row r="470" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS470" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="469" spans="43:43" x14ac:dyDescent="0.25">
-      <c r="AQ469" t="s">
+    <row r="471" spans="45:45" x14ac:dyDescent="0.25">
+      <c r="AS471" t="s">
         <v>637</v>
-      </c>
-[...8 lines deleted...]
-        <v>639</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
-  <tableParts count="40">
+  <tableParts count="42">
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
     <tablePart r:id="rId5"/>
     <tablePart r:id="rId6"/>
     <tablePart r:id="rId7"/>
     <tablePart r:id="rId8"/>
     <tablePart r:id="rId9"/>
     <tablePart r:id="rId10"/>
     <tablePart r:id="rId11"/>
     <tablePart r:id="rId12"/>
     <tablePart r:id="rId13"/>
     <tablePart r:id="rId14"/>
     <tablePart r:id="rId15"/>
     <tablePart r:id="rId16"/>
     <tablePart r:id="rId17"/>
     <tablePart r:id="rId18"/>
     <tablePart r:id="rId19"/>
     <tablePart r:id="rId20"/>
     <tablePart r:id="rId21"/>
     <tablePart r:id="rId22"/>
     <tablePart r:id="rId23"/>
     <tablePart r:id="rId24"/>
     <tablePart r:id="rId25"/>
     <tablePart r:id="rId26"/>
     <tablePart r:id="rId27"/>
     <tablePart r:id="rId28"/>
     <tablePart r:id="rId29"/>
     <tablePart r:id="rId30"/>
     <tablePart r:id="rId31"/>
     <tablePart r:id="rId32"/>
     <tablePart r:id="rId33"/>
     <tablePart r:id="rId34"/>
     <tablePart r:id="rId35"/>
     <tablePart r:id="rId36"/>
     <tablePart r:id="rId37"/>
     <tablePart r:id="rId38"/>
     <tablePart r:id="rId39"/>
     <tablePart r:id="rId40"/>
     <tablePart r:id="rId41"/>
+    <tablePart r:id="rId42"/>
+    <tablePart r:id="rId43"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>