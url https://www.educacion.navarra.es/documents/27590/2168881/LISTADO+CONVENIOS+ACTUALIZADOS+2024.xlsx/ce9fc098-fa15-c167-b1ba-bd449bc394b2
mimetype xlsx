--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -2,70 +2,70 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\PRÁCTICAS\CONVENIOS VIGENTES 2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\PRÁCTICAS\CONVENIOS VIGENTES\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="14370" windowHeight="7575"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="411" uniqueCount="411">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="462" uniqueCount="459">
   <si>
     <t>CONVENIOS FIRMADOS / SINATUTAKO HITZARMENAK</t>
   </si>
   <si>
     <t>UNIVERSIDAD / UNIBERTSITATEA</t>
   </si>
   <si>
     <t>Año de firma del convenio</t>
   </si>
   <si>
     <t>Código de la práctica / Praktikaren kodea</t>
   </si>
   <si>
     <t>ECTS  en el Plan de Estudios</t>
   </si>
   <si>
     <t>HORAS DE FORMACIÓN CERTIFICADAS</t>
   </si>
   <si>
     <t>Universidad Pública de Navarra (UPNA) / Nafarroako Unibertsitate Publikoa (NUP)</t>
   </si>
   <si>
     <t>UPNA_ Gr. Maestro I/P Prácticas 1</t>
   </si>
   <si>
@@ -908,53 +908,50 @@
   <si>
     <t>CEU_Grado en Educación Primaria Practicum II</t>
   </si>
   <si>
     <t>Universidad Internacional de la Rioja (UNIR)</t>
   </si>
   <si>
     <t>UNIR_Grado en Educación Infantil I</t>
   </si>
   <si>
     <t>UNIR_Grado en Educación Infantil II</t>
   </si>
   <si>
     <t>UNIR_Grado en Educación Infantil III</t>
   </si>
   <si>
     <t>UNIR_Grado en Educación Primaria I</t>
   </si>
   <si>
     <t>UNIR_Grado en Educación Primaria II</t>
   </si>
   <si>
     <t>UNIR_Grado en Educación Primaria III</t>
   </si>
   <si>
-    <t xml:space="preserve">UNIR_Grado en Pedagogía </t>
-[...1 lines deleted...]
-  <si>
     <t>UNIR_Máster Universitario en Didáctica de la Lengua en Educación Infantil y Primaria</t>
   </si>
   <si>
     <t>UNIR_Máster Universitario en Didáctica de las Matemáticas en Educación Infantil y Primaria</t>
   </si>
   <si>
     <t>UNIR_Máster Universitario en Didáctica de la Lengua y la Literatura en Educación Secundaria y Bachillerato</t>
   </si>
   <si>
     <t>UNIR_Máster Universitario en Didáctica de las Matemáticas en Educación Secundaria y Bachillerato</t>
   </si>
   <si>
     <t>UNIR_Máster Universitario en Educación Inclusiva e Intercultural</t>
   </si>
   <si>
     <t>UNIR_Máster Universitario en Educación Bilingüe/Master in Bilingüal Education</t>
   </si>
   <si>
     <t>UNIR_Máster Unviersitario en Educación Especial</t>
   </si>
   <si>
     <t>UNIR_Máster Universitario en Enseñanza de Español como Lengua Extranjera</t>
   </si>
   <si>
     <t>UNIR_Máster Universitario en Formación del Profesorado de Educación Secundaria Obligatoria y Bachillerato</t>
@@ -1220,84 +1217,231 @@
   <si>
     <t>UDL_Doble Titulación Grado en Educación Infantil y Grado en Educación Primaria Prácticas III</t>
   </si>
   <si>
     <t>UDL_Doble Titulación Grado en Educación Primaria y Grado en Ciencias de la Actividad Física y del Deporte Prácticas II</t>
   </si>
   <si>
     <t>UDL_Doble Titulación Grado en Educación Primaria y Grado en Ciencias de la Actividad Física y del Deporte Prácticas III</t>
   </si>
   <si>
     <t>UDL_Máster Universitario en Formación del Profesorado de Secundaria y Bachillerato, Formación Profesional y Enseñanza de Idiomas</t>
   </si>
   <si>
     <t>UDL_Máster Universitario de Psicopedagogía</t>
   </si>
   <si>
     <t>Universidad de Lleida (UDL)</t>
   </si>
   <si>
     <t>VIU_Máster Universitario en Didáctica de las Matemáticas</t>
   </si>
   <si>
     <t>VIU_Máster Universitario en Metodologías Activas y Digitales</t>
   </si>
   <si>
-    <t>(ACTUALIZADO: 28 de noviembre de 2024)</t>
-[...1 lines deleted...]
-  <si>
     <t>UAN_Máster Universitario en Español como Lengua Extranjera: Didáctica e Investigación</t>
   </si>
   <si>
     <t>UVA_Grado en Fisioterapia Practicum I</t>
   </si>
   <si>
     <t>UVA_Grado en Fisioterapia Practicum II</t>
   </si>
   <si>
     <t>UVA_Grado en Fisioterapia Practicum III</t>
   </si>
   <si>
     <t>UNIR_Máster Universitario en Enseñanza de Inglés como Lengua Extranjera/Máster in Teaching English as a Foreing Language</t>
   </si>
   <si>
     <t>UNIR_Máster Universitario en Didáctica de las Artes Plásticas y Visuales en Educación Infantil y Primaria</t>
   </si>
   <si>
     <t xml:space="preserve">UNIR_Máster Universitario en Didáctica de las Ciencias Sociales: Geografía e Historia en Educación Secundaria y Bachillerato </t>
   </si>
   <si>
     <t>UNIR_Máster Universitario en Gamificación Educativa</t>
   </si>
   <si>
     <t>UNIR_Grado en Filosofía, Política y Economía</t>
   </si>
   <si>
     <t>UNIR_Grado en Historia del Arte</t>
   </si>
   <si>
     <t>UNIR_Grado en Humanidades</t>
+  </si>
+  <si>
+    <t>UNIE_Grado en Educación Infantil</t>
+  </si>
+  <si>
+    <t>UNIE_Máster Universitario en Necesidades Educativas Especiales</t>
+  </si>
+  <si>
+    <t>UNIE_Máster Universitario en Tecnología Educativa</t>
+  </si>
+  <si>
+    <t>VIU_Grado en Educación Primaria Practicum I (Plan antigüo)</t>
+  </si>
+  <si>
+    <t>VIU_Grado en Educación Primaria Practicum II (Plan antigüo)</t>
+  </si>
+  <si>
+    <t>VIU_Grado en Educación Primaria Practicum III (Plan antigüo)</t>
+  </si>
+  <si>
+    <t>VIU_Grado en Educación Primaria Practicum IV (Plan antigüo)</t>
+  </si>
+  <si>
+    <t>VIU_Grado en Educación Social Practicum I</t>
+  </si>
+  <si>
+    <t>VIU_Grado en Educación Social Practicum II</t>
+  </si>
+  <si>
+    <t>VIU_Grado en Educación Social Practicum III</t>
+  </si>
+  <si>
+    <t>UNIR_Grado en Pedagogía I</t>
+  </si>
+  <si>
+    <t>UNIR_Grado en Pedagogía II</t>
+  </si>
+  <si>
+    <t>UEC_Graduado/a en Educación Primaria Prácticas I</t>
+  </si>
+  <si>
+    <t>UEC_Graduado/a en Educación Primaria Prácticas II</t>
+  </si>
+  <si>
+    <t>UEC_Graduado/a en Educación Primaria Prácticas III</t>
+  </si>
+  <si>
+    <t>UCV_Grado en Educación Infantil Practicum I</t>
+  </si>
+  <si>
+    <t>UCV_Grado en Educación Infantil Practicum II</t>
+  </si>
+  <si>
+    <t>UCV_Grado en Educación Infantil Practicum III</t>
+  </si>
+  <si>
+    <t>UCV_Grado en Educación Infantil Practicum IV</t>
+  </si>
+  <si>
+    <t>UCV_Grado en Educación Primaria Practicum I</t>
+  </si>
+  <si>
+    <t>UCV_Grado en Educación Primaria Practicum II</t>
+  </si>
+  <si>
+    <t>UCV_Grado en Educación Primaria Practicum III</t>
+  </si>
+  <si>
+    <t>UCV_Grado en Educación Primaria Practicum VI</t>
+  </si>
+  <si>
+    <t>UCV_Grado en Educación Social Practicum I</t>
+  </si>
+  <si>
+    <t>UCV_Grado en Educación Social Practicum II</t>
+  </si>
+  <si>
+    <t>UCV_Grado en Educación Social Practicum III</t>
+  </si>
+  <si>
+    <t>UCV_Máster Universitario en Formación del Profesorado de Educación Secundaria, Bachillerato y Formación Profesional y Enseñanaza de Idiomas</t>
+  </si>
+  <si>
+    <t>UCV_Máster Universitario en Dirección y Gestión de Centros Educativos</t>
+  </si>
+  <si>
+    <t>UCV_Máster en Educación Inclusiva</t>
+  </si>
+  <si>
+    <t>UCV_Máster Universitario en Resolución de Conflictos en el Aula (virtual)</t>
+  </si>
+  <si>
+    <t>UCV_Máster Universitario en Innovación Tecnológica en Educación</t>
+  </si>
+  <si>
+    <t>UCV_Máster Universitario en Competencias Profesionales Avanzadas para Maestros Practicum I</t>
+  </si>
+  <si>
+    <t>UCV_Máster Universitario en Competencias Profesionales Avanzadas para Maestros Practicum II</t>
+  </si>
+  <si>
+    <t>Universidad Católica de Valencia "San Vicente Mártir" (UCV)</t>
+  </si>
+  <si>
+    <t>UTAMED_Grado en Educación Infantil Practicum I</t>
+  </si>
+  <si>
+    <t>UTAMED_Grado en Educación Infantil Practicum II</t>
+  </si>
+  <si>
+    <t>UTAMED_Grado en Educación Infantil Practicum III</t>
+  </si>
+  <si>
+    <t>UTAMED_Grado en Educación Primaria Practicum I</t>
+  </si>
+  <si>
+    <t>UTAMED_Máster Universitario en Formación del Profesorado de Educación Secundaria</t>
+  </si>
+  <si>
+    <t>Universidad Tecnológica Atlántico-Mediterráneo (UTAMED)</t>
+  </si>
+  <si>
+    <t>UI1_Grado en Pedagogía (optativa 4º curso)</t>
+  </si>
+  <si>
+    <t>UI1_Grado en Logopedia Prácticas I (3er curso)</t>
+  </si>
+  <si>
+    <t>UI1_Grado en Logopedia Prácticas II (4º curso)</t>
+  </si>
+  <si>
+    <t>UI1_Grado en Logopedia Prácticas III (4º curso)</t>
+  </si>
+  <si>
+    <t>UI1_Máster en Psicopedagogía</t>
+  </si>
+  <si>
+    <t>Universidad de las Hespérides (.h)</t>
+  </si>
+  <si>
+    <t>.h_Máster Universitario en Formación del Profesorado de Educación Secundaria Obligatoria y Bachillerato, Formación Profesional y Enseñanzas de Idiomas</t>
+  </si>
+  <si>
+    <t>UOC_Grado en Psicología Practicum I</t>
+  </si>
+  <si>
+    <t>UOC_Grado en Psicología Practicum II</t>
+  </si>
+  <si>
+    <t>(ACTUALIZADO: 13 de noviembre de 2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF006100"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C6500"/>
       <name val="Calibri"/>
@@ -1366,433 +1510,283 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFCCFFCC"/>
+        <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFCCFFCC"/>
+        <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="47">
+  <borders count="57">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...24 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...9 lines deleted...]
-      </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top/>
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
+      <right style="medium">
         <color indexed="64"/>
       </right>
-      <top/>
-      <bottom style="medium">
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right/>
-[...12 lines deleted...]
-      <right style="thin">
+      <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="medium">
-[...20 lines deleted...]
-      </right>
       <top style="thin">
-        <color indexed="64"/>
-[...22 lines deleted...]
-      <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
-[...52 lines deleted...]
-      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...41 lines deleted...]
-      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
@@ -1812,65 +1806,50 @@
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...13 lines deleted...]
-      </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -1889,582 +1868,913 @@
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thick">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thick">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="thin">
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="thick">
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...2 lines deleted...]
-      <top style="thick">
+      <right/>
+      <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="medium">
-[...1 lines deleted...]
-      </right>
+      <right/>
       <top style="thick">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...5 lines deleted...]
-      <top/>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...2 lines deleted...]
-      <right style="thin">
+      <left/>
+      <right style="medium">
         <color indexed="64"/>
       </right>
-      <top/>
-[...2 lines deleted...]
-      </bottom>
+      <top style="thick">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
-      <top/>
-[...2 lines deleted...]
-      </bottom>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
+      <top style="thick">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thick">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="155">
+  <cellXfs count="167">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="25" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="14" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="7" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="15" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="22" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="23" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...62 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="6" borderId="24" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="6" borderId="10" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="6" borderId="25" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="6" borderId="35" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="6" borderId="36" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="6" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="6" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="6" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="6" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="6" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="6" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="6" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="23" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="6" borderId="35" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="6" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="6" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="35" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="32" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="39" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="46" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="34" xfId="3" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="3" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="49" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="35" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="51" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="51" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="34" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="35" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="36" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="49" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="39" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="53" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="56" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="24" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="30" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="7" borderId="24" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="31" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="32" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="33" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="38" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="45" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="7" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="45" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="7" borderId="25" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...37 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="41" xfId="3" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="31" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="32" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="33" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="3" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="44" xfId="3" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="30" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="3" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="47" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
-[...56 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="38" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="45" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="43" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="48" xfId="3" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="3" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...46 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Bueno" xfId="1" builtinId="26"/>
     <cellStyle name="Hipervínculo" xfId="3" builtinId="8"/>
     <cellStyle name="Neutral" xfId="2" builtinId="28"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_Datos" xfId="4"/>
     <cellStyle name="Normal_Formulario 15-16" xfId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFCCFF99"/>
       <color rgb="FF99FF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -2716,5175 +3026,5817 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\6.%20CONVENIO%20Dpto%20Educaci&#243;n-UCJC-Fdo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\5.%20CONVENIO%20Dpto%20Educaci&#243;n-UAN-Fdo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\26.1.%20CONVENIO%20Dpto%20Educaci&#243;n-UCAM-Fdo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\14.%20CONVENIO%20Dpto%20de%20Educaci&#243;n-HUHEZI%20Mondragon-Fdo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\17.%20CONVENIO%20Gobierno%20de%20Navarra-UR-Fdo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\2.%20CONVENIO%20Dpto%20Educaci&#243;n-UNED-Fdo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\20.%20CONVENIO%20Dpto%20Educaci&#243;n-%20UNIZAR-Fdo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\13.%20CONVENIO%20Dpto%20Educaci&#243;n.%20UI%20Isabel%20I%20Castilla-Fdo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\29.%20CONVENIO%20Dpto%20Educaci&#243;n-UCAV-Fdo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\36.%20CONVENIO%20Dpto%20Educacion-%20U.%20Europea%20del%20Atlantico-Fdo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\3.%20CONVENIO%20Dpto%20Educaci&#243;n-%20UNAV-Fdo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\7.%20CONVENIO%20Dpto%20Educaci&#243;n-UNIDAM-Fdo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\22.%20CONVENIO%20Dpto%20Educaci&#243;n-%20UNIR-Fdo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\9.%20CONVENIO%20Dpto%20Educaci&#243;n-UEMC-Fdo.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\1.%20CONVENIO%20GN-UPNA.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\21.%20CONVENIO%20Dpto%20Educaci&#243;n-UDIMA-Fdo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\8.%20CONVENIO%20Dpto%20Educaci&#243;n-UEMadrid%20Valencia%20%20Canarias-Fdo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\38.%20CONVENIO%20Dpto%20Educcaci&#243;n-UCLM-Fdo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\19.%20CONVENIO%20Dpto%20Educacion-%20UVA-Fdo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\11.%20CONVENIO%20Dpto%20Educacion-%20UFV-Fdo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\27.%20CONVENIO%20Dpto%20Educaci&#243;n-UOC-Fdo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\8.%20CONVENIO%20Dpto%20Educaci&#243;n-UEMadrid%20Valencia%20%20Canarias-Fdo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\16.%20CONVENIO%20Dpto%20Educaci&#243;n-UPSA-Fdo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\28.%20CONVENIO%20Dpto%20Educaci&#243;n-%20U.%20CEU%20Cardenal%20Herrera-Valencia-Fdo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\39.%20CONVENIO%20Dpto%20Educacion-UdL-Fdo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="12.%20CONVENIO%20Dpto%20Educaci&#243;n-VIU-Fdo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\10.%20CONVENIO%20Dpto%20Educaci&#243;n-%20U.%20Extremadura-Fdo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\4.%20CONVENIO%20Dpto%20Educaci&#243;n-%20UAX.Fdo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\8.%20CONVENIO%20Dpto%20Educaci&#243;n-UEMadrid%20Valencia%20%20Canarias-Fdo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\37.%20CONVENIO%20Dpto%20Educaci&#243;n-UNIE-Fdo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\23.%20CONVENIO%20Navarra%20y%20ANEXO%20I%20Dpto%20Educaci&#243;n-UOV-EHU-Fdo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\6.%20CONVENIO%20Dpto%20Educaci&#243;n-UCJC-Fdo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\5.%20CONVENIO%20Dpto%20Educaci&#243;n-UAN-Fdo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\26.1.%20CONVENIO%20Dpto%20Educaci&#243;n-UCAM-Fdo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\14.%20CONVENIO%20Dpto%20de%20Educaci&#243;n-HUHEZI%20Mondragon-Fdo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\17.%20CONVENIO%20Gobierno%20de%20Navarra-UR-Fdo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\2.%20CONVENIO%20Dpto%20Educaci&#243;n-UNED-Fdo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="41.%20CONVENIO%20Dpto%20Educaci&#243;n%20y%20U.%20de%20las%20Hesp&#233;rides.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\20.%20CONVENIO%20Dpto%20Educaci&#243;n-%20UNIZAR-Fdo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\13.%20CONVENIO%20Dpto%20Educaci&#243;n.%20UI%20Isabel%20I%20Castilla-Fdo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\29.%20CONVENIO%20Dpto%20Educaci&#243;n-UCAV-Fdo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\36.%20CONVENIO%20Dpto%20Educacion-%20U.%20Europea%20del%20Atlantico-Fdo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\43.%20CONVENIO%20Dpto%20Educaci&#243;n-UTAMED-Fdo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\3.%20CONVENIO%20Dpto%20Educaci&#243;n-%20UNAV-Fdo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\7.%20CONVENIO%20Dpto%20Educaci&#243;n-UNIDAM-Fdo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\22.%20CONVENIO%20Dpto%20Educaci&#243;n-%20UNIR-Fdo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\9.%20CONVENIO%20Dpto%20Educaci&#243;n-UEMC-Fdo.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\1.%20CONVENIO%20GN-UPNA.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\21.%20CONVENIO%20Dpto%20Educaci&#243;n-UDIMA-Fdo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\8.%20CONVENIO%20Dpto%20Educaci&#243;n-UEMadrid%20Valencia%20%20Canarias-Fdo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\38.%20CONVENIO%20Dpto%20Educcaci&#243;n-UCLM-Fdo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\42.%20CONVENIO%20Dpto%20Educaci&#243;n-U.%20Cat&#243;lica%20de%20Valencia-Fdo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\19.%20CONVENIO%20Dpto%20Educacion-%20UVA-Fdo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\11.%20CONVENIO%20Dpto%20Educacion-%20UFV-Fdo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\27.%20CONVENIO%20Dpto%20Educaci&#243;n-UOC-Fdo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\8.%20CONVENIO%20Dpto%20Educaci&#243;n-UEMadrid%20Valencia%20%20Canarias-Fdo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\16.%20CONVENIO%20Dpto%20Educaci&#243;n-UPSA-Fdo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\28.%20CONVENIO%20Dpto%20Educaci&#243;n-%20U.%20CEU%20Cardenal%20Herrera-Valencia-Fdo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\39.%20CONVENIO%20Dpto%20Educacion-UdL-Fdo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="12.%20CONVENIO%20Dpto%20Educaci&#243;n-VIU-Fdo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="10.%20CONVENIO%20Dpto%20Educaci&#243;n-%20U.%20Extremadura-Fdo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\4.%20CONVENIO%20Dpto%20Educaci&#243;n-%20UAX.Fdo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\8.%20CONVENIO%20Dpto%20Educaci&#243;n-UEMadrid%20Valencia%20%20Canarias-Fdo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\37.%20CONVENIO%20Dpto%20Educaci&#243;n-UNIE-Fdo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\23.%20CONVENIO%20Navarra%20y%20ANEXO%20I%20Dpto%20Educaci&#243;n-UOV-EHU-Fdo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E377"/>
+  <dimension ref="A1:E424"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A190" workbookViewId="0">
-      <selection activeCell="G202" sqref="G202"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2:E2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="49.42578125" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="88.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="88.7109375" style="25" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="14.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="149" t="s">
+      <c r="A1" s="107" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="149"/>
-[...2 lines deleted...]
-      <c r="E1" s="149"/>
+      <c r="B1" s="107"/>
+      <c r="C1" s="107"/>
+      <c r="D1" s="107"/>
+      <c r="E1" s="107"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="150" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="150"/>
+      <c r="A2" s="108" t="s">
+        <v>458</v>
+      </c>
+      <c r="B2" s="108"/>
+      <c r="C2" s="108"/>
+      <c r="D2" s="108"/>
+      <c r="E2" s="108"/>
     </row>
     <row r="3" spans="1:5" ht="36.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="18" t="s">
+      <c r="A3" s="17" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="18" t="s">
+      <c r="B3" s="17" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="19" t="s">
+      <c r="C3" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="18" t="s">
+      <c r="D3" s="17" t="s">
         <v>4</v>
       </c>
-      <c r="E3" s="46" t="s">
+      <c r="E3" s="19" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A4" s="134" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="144">
+      <c r="A4" s="109" t="s">
+        <v>6</v>
+      </c>
+      <c r="B4" s="112">
         <v>2024</v>
       </c>
-      <c r="C4" s="21" t="s">
+      <c r="C4" s="62" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="1">
         <v>6</v>
       </c>
-      <c r="E4" s="47">
+      <c r="E4" s="28">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A5" s="135"/>
-[...1 lines deleted...]
-      <c r="C5" s="22" t="s">
+      <c r="A5" s="110"/>
+      <c r="B5" s="113"/>
+      <c r="C5" s="63" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="2">
         <v>15</v>
       </c>
-      <c r="E5" s="48">
+      <c r="E5" s="29">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A6" s="135"/>
-[...1 lines deleted...]
-      <c r="C6" s="22" t="s">
+      <c r="A6" s="110"/>
+      <c r="B6" s="113"/>
+      <c r="C6" s="63" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="2">
         <v>18</v>
       </c>
-      <c r="E6" s="48">
+      <c r="E6" s="29">
         <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A7" s="135"/>
-[...1 lines deleted...]
-      <c r="C7" s="22" t="s">
+      <c r="A7" s="110"/>
+      <c r="B7" s="113"/>
+      <c r="C7" s="63" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="2">
         <v>3</v>
       </c>
-      <c r="E7" s="48">
+      <c r="E7" s="29">
         <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A8" s="135"/>
-[...1 lines deleted...]
-      <c r="C8" s="22" t="s">
+      <c r="A8" s="110"/>
+      <c r="B8" s="113"/>
+      <c r="C8" s="63" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="2">
         <v>7</v>
       </c>
-      <c r="E8" s="48">
+      <c r="E8" s="29">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A9" s="135"/>
-[...1 lines deleted...]
-      <c r="C9" s="22" t="s">
+      <c r="A9" s="110"/>
+      <c r="B9" s="113"/>
+      <c r="C9" s="63" t="s">
         <v>12</v>
       </c>
       <c r="D9" s="2">
         <v>18</v>
       </c>
-      <c r="E9" s="48">
+      <c r="E9" s="29">
         <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A10" s="135"/>
-[...2 lines deleted...]
-        <v>350</v>
+      <c r="A10" s="110"/>
+      <c r="B10" s="113"/>
+      <c r="C10" s="63" t="s">
+        <v>349</v>
       </c>
       <c r="D10" s="2">
         <v>30</v>
       </c>
-      <c r="E10" s="48">
+      <c r="E10" s="29">
         <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A11" s="135"/>
-[...1 lines deleted...]
-      <c r="C11" s="22" t="s">
+      <c r="A11" s="110"/>
+      <c r="B11" s="113"/>
+      <c r="C11" s="63" t="s">
         <v>13</v>
       </c>
       <c r="D11" s="2">
         <v>16</v>
       </c>
-      <c r="E11" s="48">
+      <c r="E11" s="29">
         <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="136"/>
-[...1 lines deleted...]
-      <c r="C12" s="23" t="s">
+      <c r="A12" s="111"/>
+      <c r="B12" s="114"/>
+      <c r="C12" s="64" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="3">
         <v>12</v>
       </c>
-      <c r="E12" s="49">
+      <c r="E12" s="30">
         <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A13" s="152" t="s">
+      <c r="A13" s="115" t="s">
         <v>15</v>
       </c>
-      <c r="B13" s="144">
+      <c r="B13" s="112">
         <v>2024</v>
       </c>
-      <c r="C13" s="21" t="s">
+      <c r="C13" s="62" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="1">
         <v>24</v>
       </c>
-      <c r="E13" s="47">
+      <c r="E13" s="28">
         <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A14" s="153"/>
-[...1 lines deleted...]
-      <c r="C14" s="24" t="s">
+      <c r="A14" s="116"/>
+      <c r="B14" s="113"/>
+      <c r="C14" s="65" t="s">
         <v>17</v>
       </c>
       <c r="D14" s="2">
         <v>21</v>
       </c>
-      <c r="E14" s="48">
+      <c r="E14" s="29">
         <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A15" s="153"/>
-[...1 lines deleted...]
-      <c r="C15" s="24" t="s">
+      <c r="A15" s="116"/>
+      <c r="B15" s="113"/>
+      <c r="C15" s="65" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="2">
         <v>24</v>
       </c>
-      <c r="E15" s="48">
+      <c r="E15" s="29">
         <v>26</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A16" s="153"/>
-[...1 lines deleted...]
-      <c r="C16" s="24" t="s">
+      <c r="A16" s="116"/>
+      <c r="B16" s="113"/>
+      <c r="C16" s="65" t="s">
         <v>19</v>
       </c>
       <c r="D16" s="2">
         <v>21</v>
       </c>
-      <c r="E16" s="48">
+      <c r="E16" s="29">
         <v>32</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A17" s="153"/>
-[...1 lines deleted...]
-      <c r="C17" s="24" t="s">
+      <c r="A17" s="116"/>
+      <c r="B17" s="113"/>
+      <c r="C17" s="65" t="s">
         <v>20</v>
       </c>
       <c r="D17" s="2">
         <v>12</v>
       </c>
-      <c r="E17" s="48">
+      <c r="E17" s="29">
         <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A18" s="153"/>
-[...1 lines deleted...]
-      <c r="C18" s="24" t="s">
+      <c r="A18" s="116"/>
+      <c r="B18" s="113"/>
+      <c r="C18" s="65" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="2">
         <v>12</v>
       </c>
-      <c r="E18" s="48">
+      <c r="E18" s="29">
         <v>26</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A19" s="153"/>
-[...1 lines deleted...]
-      <c r="C19" s="24" t="s">
+      <c r="A19" s="116"/>
+      <c r="B19" s="113"/>
+      <c r="C19" s="65" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="2">
         <v>6</v>
       </c>
-      <c r="E19" s="48">
+      <c r="E19" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A20" s="153"/>
-[...1 lines deleted...]
-      <c r="C20" s="25" t="s">
+      <c r="A20" s="116"/>
+      <c r="B20" s="113"/>
+      <c r="C20" s="66" t="s">
         <v>23</v>
       </c>
       <c r="D20" s="2">
         <v>9</v>
       </c>
-      <c r="E20" s="48">
+      <c r="E20" s="29">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A21" s="153"/>
-[...1 lines deleted...]
-      <c r="C21" s="25" t="s">
+      <c r="A21" s="116"/>
+      <c r="B21" s="113"/>
+      <c r="C21" s="66" t="s">
         <v>24</v>
       </c>
       <c r="D21" s="2">
         <v>9</v>
       </c>
-      <c r="E21" s="48">
+      <c r="E21" s="29">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A22" s="153"/>
-[...1 lines deleted...]
-      <c r="C22" s="25" t="s">
+      <c r="A22" s="116"/>
+      <c r="B22" s="113"/>
+      <c r="C22" s="66" t="s">
         <v>25</v>
       </c>
       <c r="D22" s="4">
         <v>10</v>
       </c>
-      <c r="E22" s="50">
+      <c r="E22" s="31">
         <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A23" s="153"/>
-[...1 lines deleted...]
-      <c r="C23" s="25" t="s">
+      <c r="A23" s="116"/>
+      <c r="B23" s="113"/>
+      <c r="C23" s="66" t="s">
         <v>26</v>
       </c>
       <c r="D23" s="4">
         <v>3</v>
       </c>
-      <c r="E23" s="50">
+      <c r="E23" s="31">
         <v>8</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A24" s="153"/>
-[...1 lines deleted...]
-      <c r="C24" s="25" t="s">
+      <c r="A24" s="116"/>
+      <c r="B24" s="113"/>
+      <c r="C24" s="66" t="s">
         <v>27</v>
       </c>
       <c r="D24" s="4">
         <v>3</v>
       </c>
-      <c r="E24" s="50">
+      <c r="E24" s="31">
         <v>8</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A25" s="153"/>
-[...1 lines deleted...]
-      <c r="C25" s="25" t="s">
+      <c r="A25" s="116"/>
+      <c r="B25" s="113"/>
+      <c r="C25" s="66" t="s">
         <v>28</v>
       </c>
       <c r="D25" s="4">
         <v>3</v>
       </c>
-      <c r="E25" s="50">
+      <c r="E25" s="31">
         <v>8</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="154"/>
-[...1 lines deleted...]
-      <c r="C26" s="23" t="s">
+      <c r="A26" s="117"/>
+      <c r="B26" s="114"/>
+      <c r="C26" s="64" t="s">
         <v>29</v>
       </c>
       <c r="D26" s="3">
         <v>3</v>
       </c>
-      <c r="E26" s="50">
+      <c r="E26" s="31">
         <v>8</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A27" s="142" t="s">
+      <c r="A27" s="118" t="s">
         <v>30</v>
       </c>
-      <c r="B27" s="144">
+      <c r="B27" s="112">
         <v>2024</v>
       </c>
-      <c r="C27" s="81" t="s">
+      <c r="C27" s="62" t="s">
         <v>31</v>
       </c>
       <c r="D27" s="1">
         <v>12</v>
       </c>
-      <c r="E27" s="47">
+      <c r="E27" s="28">
         <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A28" s="142"/>
-[...1 lines deleted...]
-      <c r="C28" s="80" t="s">
+      <c r="A28" s="118"/>
+      <c r="B28" s="113"/>
+      <c r="C28" s="67" t="s">
         <v>32</v>
       </c>
       <c r="D28" s="5">
         <v>10</v>
       </c>
-      <c r="E28" s="51">
+      <c r="E28" s="32">
         <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A29" s="142"/>
-[...1 lines deleted...]
-      <c r="C29" s="24" t="s">
+      <c r="A29" s="118"/>
+      <c r="B29" s="113"/>
+      <c r="C29" s="65" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="2">
         <v>5</v>
       </c>
-      <c r="E29" s="48">
+      <c r="E29" s="29">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A30" s="142"/>
-[...1 lines deleted...]
-      <c r="C30" s="24" t="s">
+      <c r="A30" s="118"/>
+      <c r="B30" s="113"/>
+      <c r="C30" s="65" t="s">
         <v>34</v>
       </c>
       <c r="D30" s="2">
         <v>6</v>
       </c>
-      <c r="E30" s="48">
+      <c r="E30" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A31" s="142"/>
-[...1 lines deleted...]
-      <c r="C31" s="17" t="s">
+      <c r="A31" s="118"/>
+      <c r="B31" s="113"/>
+      <c r="C31" s="68" t="s">
         <v>35</v>
       </c>
       <c r="D31" s="2">
         <v>12</v>
       </c>
-      <c r="E31" s="48">
+      <c r="E31" s="29">
         <v>26</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A32" s="142"/>
-[...1 lines deleted...]
-      <c r="C32" s="17" t="s">
+      <c r="A32" s="118"/>
+      <c r="B32" s="113"/>
+      <c r="C32" s="68" t="s">
         <v>36</v>
       </c>
       <c r="D32" s="2">
         <v>6</v>
       </c>
-      <c r="E32" s="48">
+      <c r="E32" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A33" s="142"/>
-[...1 lines deleted...]
-      <c r="C33" s="17" t="s">
+      <c r="A33" s="118"/>
+      <c r="B33" s="113"/>
+      <c r="C33" s="68" t="s">
         <v>37</v>
       </c>
       <c r="D33" s="2">
         <v>6</v>
       </c>
-      <c r="E33" s="48">
+      <c r="E33" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A34" s="142"/>
-[...1 lines deleted...]
-      <c r="C34" s="17" t="s">
+      <c r="A34" s="118"/>
+      <c r="B34" s="113"/>
+      <c r="C34" s="68" t="s">
         <v>38</v>
       </c>
       <c r="D34" s="2">
         <v>6</v>
       </c>
-      <c r="E34" s="48">
+      <c r="E34" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A35" s="142"/>
-[...1 lines deleted...]
-      <c r="C35" s="17" t="s">
+      <c r="A35" s="118"/>
+      <c r="B35" s="113"/>
+      <c r="C35" s="68" t="s">
         <v>39</v>
       </c>
       <c r="D35" s="2">
         <v>6</v>
       </c>
-      <c r="E35" s="48">
+      <c r="E35" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A36" s="142"/>
-[...1 lines deleted...]
-      <c r="C36" s="17" t="s">
+      <c r="A36" s="118"/>
+      <c r="B36" s="113"/>
+      <c r="C36" s="68" t="s">
         <v>40</v>
       </c>
       <c r="D36" s="2">
         <v>20</v>
       </c>
-      <c r="E36" s="48">
+      <c r="E36" s="29">
         <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A37" s="142"/>
-[...1 lines deleted...]
-      <c r="C37" s="17" t="s">
+      <c r="A37" s="118"/>
+      <c r="B37" s="113"/>
+      <c r="C37" s="68" t="s">
         <v>41</v>
       </c>
       <c r="D37" s="2">
         <v>24</v>
       </c>
-      <c r="E37" s="48">
+      <c r="E37" s="29">
         <v>35</v>
       </c>
     </row>
     <row r="38" spans="1:5" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="143"/>
-[...1 lines deleted...]
-      <c r="C38" s="74" t="s">
+      <c r="A38" s="119"/>
+      <c r="B38" s="113"/>
+      <c r="C38" s="68" t="s">
         <v>42</v>
       </c>
       <c r="D38" s="3">
         <v>12</v>
       </c>
-      <c r="E38" s="49">
+      <c r="E38" s="30">
         <v>26</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A39" s="134" t="s">
+      <c r="A39" s="109" t="s">
         <v>43</v>
       </c>
-      <c r="B39" s="131">
+      <c r="B39" s="120">
         <v>2024</v>
       </c>
-      <c r="C39" s="26" t="s">
+      <c r="C39" s="69" t="s">
         <v>44</v>
       </c>
       <c r="D39" s="6">
         <v>37.5</v>
       </c>
-      <c r="E39" s="52">
+      <c r="E39" s="33">
         <v>35</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A40" s="135"/>
-[...1 lines deleted...]
-      <c r="C40" s="27" t="s">
+      <c r="A40" s="110"/>
+      <c r="B40" s="121"/>
+      <c r="C40" s="70" t="s">
         <v>45</v>
       </c>
       <c r="D40" s="7">
         <v>22.5</v>
       </c>
-      <c r="E40" s="53">
+      <c r="E40" s="34">
         <v>35</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A41" s="135"/>
-[...1 lines deleted...]
-      <c r="C41" s="27" t="s">
+      <c r="A41" s="110"/>
+      <c r="B41" s="121"/>
+      <c r="C41" s="70" t="s">
         <v>46</v>
       </c>
       <c r="D41" s="7">
         <v>15</v>
       </c>
-      <c r="E41" s="48">
+      <c r="E41" s="29">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A42" s="135"/>
-[...1 lines deleted...]
-      <c r="C42" s="27" t="s">
+      <c r="A42" s="110"/>
+      <c r="B42" s="121"/>
+      <c r="C42" s="70" t="s">
         <v>47</v>
       </c>
       <c r="D42" s="7">
         <v>13</v>
       </c>
-      <c r="E42" s="48">
+      <c r="E42" s="29">
         <v>28</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A43" s="135"/>
-[...1 lines deleted...]
-      <c r="C43" s="27" t="s">
+      <c r="A43" s="110"/>
+      <c r="B43" s="121"/>
+      <c r="C43" s="70" t="s">
         <v>48</v>
       </c>
       <c r="D43" s="7">
         <v>9</v>
       </c>
-      <c r="E43" s="48">
+      <c r="E43" s="29">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:5" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A44" s="136"/>
-[...1 lines deleted...]
-      <c r="C44" s="79" t="s">
+      <c r="A44" s="111"/>
+      <c r="B44" s="122"/>
+      <c r="C44" s="71" t="s">
         <v>49</v>
       </c>
       <c r="D44" s="8">
         <v>13</v>
       </c>
-      <c r="E44" s="49">
+      <c r="E44" s="30">
         <v>28</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A45" s="134" t="s">
+      <c r="A45" s="109" t="s">
         <v>50</v>
       </c>
-      <c r="B45" s="146">
+      <c r="B45" s="123">
         <v>2024</v>
       </c>
-      <c r="C45" s="29" t="s">
+      <c r="C45" s="72" t="s">
         <v>51</v>
       </c>
       <c r="D45" s="1">
         <v>5</v>
       </c>
-      <c r="E45" s="47">
+      <c r="E45" s="28">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A46" s="135"/>
-[...1 lines deleted...]
-      <c r="C46" s="30" t="s">
+      <c r="A46" s="110"/>
+      <c r="B46" s="124"/>
+      <c r="C46" s="73" t="s">
         <v>52</v>
       </c>
       <c r="D46" s="2">
         <v>15</v>
       </c>
-      <c r="E46" s="48">
+      <c r="E46" s="29">
         <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A47" s="135"/>
-[...1 lines deleted...]
-      <c r="C47" s="30" t="s">
+      <c r="A47" s="110"/>
+      <c r="B47" s="124"/>
+      <c r="C47" s="73" t="s">
         <v>53</v>
       </c>
       <c r="D47" s="2">
         <v>22</v>
       </c>
-      <c r="E47" s="48">
+      <c r="E47" s="29">
         <v>35</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A48" s="135"/>
-[...2 lines deleted...]
-        <v>54</v>
+      <c r="A48" s="110"/>
+      <c r="B48" s="124"/>
+      <c r="C48" s="73" t="s">
+        <v>412</v>
       </c>
       <c r="D48" s="2">
         <v>9</v>
       </c>
-      <c r="E48" s="48">
+      <c r="E48" s="29">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A49" s="135"/>
-[...2 lines deleted...]
-        <v>55</v>
+      <c r="A49" s="110"/>
+      <c r="B49" s="124"/>
+      <c r="C49" s="73" t="s">
+        <v>413</v>
       </c>
       <c r="D49" s="2">
         <v>9</v>
       </c>
-      <c r="E49" s="48">
+      <c r="E49" s="29">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A50" s="135"/>
-[...2 lines deleted...]
-        <v>56</v>
+      <c r="A50" s="110"/>
+      <c r="B50" s="124"/>
+      <c r="C50" s="73" t="s">
+        <v>414</v>
       </c>
       <c r="D50" s="2">
         <v>14</v>
       </c>
-      <c r="E50" s="48">
+      <c r="E50" s="29">
         <v>30</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A51" s="135"/>
-[...2 lines deleted...]
-        <v>57</v>
+      <c r="A51" s="110"/>
+      <c r="B51" s="124"/>
+      <c r="C51" s="68" t="s">
+        <v>415</v>
       </c>
       <c r="D51" s="2">
         <v>9</v>
       </c>
-      <c r="E51" s="48">
+      <c r="E51" s="29">
         <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A52" s="135"/>
-[...1 lines deleted...]
-      <c r="C52" s="17" t="s">
+      <c r="A52" s="110"/>
+      <c r="B52" s="124"/>
+      <c r="C52" s="68" t="s">
+        <v>54</v>
+      </c>
+      <c r="D52" s="2">
+        <v>8</v>
+      </c>
+      <c r="E52" s="29">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A53" s="110"/>
+      <c r="B53" s="124"/>
+      <c r="C53" s="68" t="s">
+        <v>55</v>
+      </c>
+      <c r="D53" s="2">
+        <v>12</v>
+      </c>
+      <c r="E53" s="29">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A54" s="110"/>
+      <c r="B54" s="124"/>
+      <c r="C54" s="68" t="s">
+        <v>56</v>
+      </c>
+      <c r="D54" s="2">
+        <v>9</v>
+      </c>
+      <c r="E54" s="29">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A55" s="110"/>
+      <c r="B55" s="124"/>
+      <c r="C55" s="68" t="s">
+        <v>57</v>
+      </c>
+      <c r="D55" s="2">
+        <v>9</v>
+      </c>
+      <c r="E55" s="29">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A56" s="110"/>
+      <c r="B56" s="124"/>
+      <c r="C56" s="68" t="s">
         <v>58</v>
       </c>
-      <c r="D52" s="2">
+      <c r="D56" s="2">
         <v>18</v>
       </c>
-      <c r="E52" s="48">
+      <c r="E56" s="29">
         <v>35</v>
       </c>
     </row>
-    <row r="53" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C53" s="17" t="s">
+    <row r="57" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A57" s="110"/>
+      <c r="B57" s="124"/>
+      <c r="C57" s="68" t="s">
         <v>59</v>
       </c>
-      <c r="D53" s="2">
-[...9 lines deleted...]
-      <c r="C54" s="17" t="s">
+      <c r="D57" s="2">
+        <v>6</v>
+      </c>
+      <c r="E57" s="29">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A58" s="110"/>
+      <c r="B58" s="124"/>
+      <c r="C58" s="68" t="s">
         <v>60</v>
       </c>
-      <c r="D54" s="2">
-[...9 lines deleted...]
-      <c r="C55" s="17" t="s">
+      <c r="D58" s="2">
+        <v>6</v>
+      </c>
+      <c r="E58" s="29">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A59" s="110"/>
+      <c r="B59" s="124"/>
+      <c r="C59" s="68" t="s">
         <v>61</v>
       </c>
-      <c r="D55" s="2">
+      <c r="D59" s="2">
         <v>12</v>
       </c>
-      <c r="E55" s="48">
+      <c r="E59" s="29">
         <v>26</v>
       </c>
     </row>
-    <row r="56" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C56" s="17" t="s">
+    <row r="60" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A60" s="110"/>
+      <c r="B60" s="124"/>
+      <c r="C60" s="68" t="s">
+        <v>416</v>
+      </c>
+      <c r="D60" s="2">
+        <v>6</v>
+      </c>
+      <c r="E60" s="29">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A61" s="110"/>
+      <c r="B61" s="124"/>
+      <c r="C61" s="68" t="s">
+        <v>417</v>
+      </c>
+      <c r="D61" s="2">
+        <v>6</v>
+      </c>
+      <c r="E61" s="29">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A62" s="110"/>
+      <c r="B62" s="124"/>
+      <c r="C62" s="68" t="s">
+        <v>418</v>
+      </c>
+      <c r="D62" s="2">
+        <v>6</v>
+      </c>
+      <c r="E62" s="29">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A63" s="110"/>
+      <c r="B63" s="124"/>
+      <c r="C63" s="68" t="s">
         <v>62</v>
       </c>
-      <c r="D56" s="2">
+      <c r="D63" s="2">
         <v>10</v>
       </c>
-      <c r="E56" s="48">
+      <c r="E63" s="29">
         <v>22</v>
       </c>
     </row>
-    <row r="57" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C57" s="17" t="s">
+    <row r="64" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A64" s="110"/>
+      <c r="B64" s="124"/>
+      <c r="C64" s="68" t="s">
         <v>63</v>
       </c>
-      <c r="D57" s="2">
-[...9 lines deleted...]
-      <c r="C58" s="17" t="s">
+      <c r="D64" s="2">
+        <v>6</v>
+      </c>
+      <c r="E64" s="29">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A65" s="110"/>
+      <c r="B65" s="124"/>
+      <c r="C65" s="68" t="s">
         <v>64</v>
       </c>
-      <c r="D58" s="2">
-[...9 lines deleted...]
-      <c r="C59" s="17" t="s">
+      <c r="D65" s="2">
+        <v>6</v>
+      </c>
+      <c r="E65" s="29">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A66" s="110"/>
+      <c r="B66" s="124"/>
+      <c r="C66" s="68" t="s">
         <v>65</v>
       </c>
-      <c r="D59" s="2">
-[...9 lines deleted...]
-      <c r="C60" s="17" t="s">
+      <c r="D66" s="2">
+        <v>6</v>
+      </c>
+      <c r="E66" s="29">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A67" s="110"/>
+      <c r="B67" s="124"/>
+      <c r="C67" s="68" t="s">
         <v>66</v>
       </c>
-      <c r="D60" s="2">
+      <c r="D67" s="2">
         <v>9</v>
       </c>
-      <c r="E60" s="48">
+      <c r="E67" s="29">
         <v>20</v>
       </c>
     </row>
-    <row r="61" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C61" s="17" t="s">
+    <row r="68" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A68" s="110"/>
+      <c r="B68" s="124"/>
+      <c r="C68" s="68" t="s">
         <v>67</v>
       </c>
-      <c r="D61" s="2">
-[...9 lines deleted...]
-      <c r="C62" s="17" t="s">
+      <c r="D68" s="2">
+        <v>6</v>
+      </c>
+      <c r="E68" s="29">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A69" s="110"/>
+      <c r="B69" s="124"/>
+      <c r="C69" s="68" t="s">
         <v>68</v>
       </c>
-      <c r="D62" s="2">
-[...9 lines deleted...]
-      <c r="C63" s="17" t="s">
+      <c r="D69" s="2">
+        <v>6</v>
+      </c>
+      <c r="E69" s="29">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A70" s="110"/>
+      <c r="B70" s="124"/>
+      <c r="C70" s="68" t="s">
         <v>69</v>
       </c>
-      <c r="D63" s="2">
-[...9 lines deleted...]
-      <c r="C64" s="17" t="s">
+      <c r="D70" s="2">
+        <v>6</v>
+      </c>
+      <c r="E70" s="29">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A71" s="110"/>
+      <c r="B71" s="124"/>
+      <c r="C71" s="68" t="s">
         <v>70</v>
       </c>
-      <c r="D64" s="2">
-[...9 lines deleted...]
-      <c r="C65" s="17" t="s">
+      <c r="D71" s="2">
+        <v>6</v>
+      </c>
+      <c r="E71" s="29">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A72" s="110"/>
+      <c r="B72" s="124"/>
+      <c r="C72" s="68" t="s">
         <v>71</v>
       </c>
-      <c r="D65" s="2">
-[...9 lines deleted...]
-      <c r="C66" s="17" t="s">
+      <c r="D72" s="2">
+        <v>6</v>
+      </c>
+      <c r="E72" s="29">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A73" s="110"/>
+      <c r="B73" s="124"/>
+      <c r="C73" s="68" t="s">
         <v>72</v>
       </c>
-      <c r="D66" s="2">
-[...9 lines deleted...]
-      <c r="C67" s="17" t="s">
+      <c r="D73" s="2">
+        <v>6</v>
+      </c>
+      <c r="E73" s="29">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A74" s="110"/>
+      <c r="B74" s="124"/>
+      <c r="C74" s="68" t="s">
         <v>73</v>
       </c>
-      <c r="D67" s="2">
-[...9 lines deleted...]
-      <c r="C68" s="17" t="s">
+      <c r="D74" s="2">
+        <v>6</v>
+      </c>
+      <c r="E74" s="29">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A75" s="110"/>
+      <c r="B75" s="124"/>
+      <c r="C75" s="68" t="s">
         <v>74</v>
       </c>
-      <c r="D68" s="2">
-[...9 lines deleted...]
-      <c r="C69" s="31" t="s">
+      <c r="D75" s="2">
+        <v>6</v>
+      </c>
+      <c r="E75" s="29">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A76" s="110"/>
+      <c r="B76" s="124"/>
+      <c r="C76" s="74" t="s">
         <v>75</v>
       </c>
-      <c r="D69" s="2">
-[...9 lines deleted...]
-      <c r="C70" s="76" t="s">
+      <c r="D76" s="2">
+        <v>6</v>
+      </c>
+      <c r="E76" s="29">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+      <c r="A77" s="110"/>
+      <c r="B77" s="124"/>
+      <c r="C77" s="74" t="s">
         <v>76</v>
       </c>
-      <c r="D70" s="2">
-[...9 lines deleted...]
-      <c r="C71" s="76" t="s">
+      <c r="D77" s="2">
+        <v>6</v>
+      </c>
+      <c r="E77" s="29">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A78" s="110"/>
+      <c r="B78" s="124"/>
+      <c r="C78" s="74" t="s">
         <v>77</v>
       </c>
-      <c r="D71" s="4">
-[...9 lines deleted...]
-      <c r="C72" s="76" t="s">
+      <c r="D78" s="4">
+        <v>6</v>
+      </c>
+      <c r="E78" s="31">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A79" s="110"/>
+      <c r="B79" s="124"/>
+      <c r="C79" s="74" t="s">
+        <v>396</v>
+      </c>
+      <c r="D79" s="4">
+        <v>6</v>
+      </c>
+      <c r="E79" s="31">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="111"/>
+      <c r="B80" s="125"/>
+      <c r="C80" s="75" t="s">
         <v>397</v>
       </c>
-      <c r="D72" s="4">
-[...20 lines deleted...]
-      <c r="A74" s="137" t="s">
+      <c r="D80" s="3">
+        <v>6</v>
+      </c>
+      <c r="E80" s="30">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A81" s="126" t="s">
         <v>78</v>
       </c>
-      <c r="B74" s="131">
+      <c r="B81" s="120">
         <v>2024</v>
       </c>
-      <c r="C74" s="29" t="s">
+      <c r="C81" s="72" t="s">
         <v>79</v>
       </c>
-      <c r="D74" s="1">
+      <c r="D81" s="1">
         <v>20</v>
       </c>
-      <c r="E74" s="47">
+      <c r="E81" s="28">
         <v>35</v>
       </c>
     </row>
-    <row r="75" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C75" s="17" t="s">
+    <row r="82" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A82" s="127"/>
+      <c r="B82" s="121"/>
+      <c r="C82" s="68" t="s">
         <v>80</v>
       </c>
-      <c r="D75" s="2">
+      <c r="D82" s="2">
         <v>24</v>
       </c>
-      <c r="E75" s="48">
+      <c r="E82" s="29">
         <v>35</v>
       </c>
     </row>
-    <row r="76" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C76" s="17" t="s">
+    <row r="83" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A83" s="127"/>
+      <c r="B83" s="121"/>
+      <c r="C83" s="68" t="s">
         <v>81</v>
       </c>
-      <c r="D76" s="2">
+      <c r="D83" s="2">
         <v>20</v>
       </c>
-      <c r="E76" s="48">
+      <c r="E83" s="29">
         <v>35</v>
       </c>
     </row>
-    <row r="77" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C77" s="31" t="s">
+    <row r="84" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A84" s="127"/>
+      <c r="B84" s="121"/>
+      <c r="C84" s="74" t="s">
         <v>82</v>
       </c>
-      <c r="D77" s="4">
+      <c r="D84" s="4">
         <v>24</v>
       </c>
-      <c r="E77" s="50">
+      <c r="E84" s="31">
         <v>35</v>
       </c>
     </row>
-    <row r="78" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C78" s="31" t="s">
+    <row r="85" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A85" s="127"/>
+      <c r="B85" s="121"/>
+      <c r="C85" s="74" t="s">
         <v>83</v>
       </c>
-      <c r="D78" s="4">
+      <c r="D85" s="4">
         <v>18</v>
       </c>
-      <c r="E78" s="50">
+      <c r="E85" s="31">
         <v>35</v>
       </c>
     </row>
-    <row r="79" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C79" s="27" t="s">
+    <row r="86" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A86" s="127"/>
+      <c r="B86" s="121"/>
+      <c r="C86" s="70" t="s">
+        <v>399</v>
+      </c>
+      <c r="D86" s="4">
+        <v>21</v>
+      </c>
+      <c r="E86" s="31">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A87" s="127"/>
+      <c r="B87" s="121"/>
+      <c r="C87" s="70" t="s">
+        <v>400</v>
+      </c>
+      <c r="D87" s="4">
+        <v>21</v>
+      </c>
+      <c r="E87" s="31">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="128"/>
+      <c r="B88" s="122"/>
+      <c r="C88" s="24" t="s">
         <v>401</v>
       </c>
-      <c r="D79" s="4">
-[...25 lines deleted...]
-      <c r="D81" s="3">
+      <c r="D88" s="3">
         <v>3</v>
       </c>
-      <c r="E81" s="49">
+      <c r="E88" s="30">
         <v>8</v>
       </c>
     </row>
-    <row r="82" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A82" s="137" t="s">
+    <row r="89" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A89" s="126" t="s">
         <v>84</v>
       </c>
-      <c r="B82" s="131">
+      <c r="B89" s="120">
         <v>2024</v>
       </c>
-      <c r="C82" s="29" t="s">
+      <c r="C89" s="72" t="s">
         <v>85</v>
       </c>
-      <c r="D82" s="9">
+      <c r="D89" s="9">
         <v>9</v>
       </c>
-      <c r="E82" s="54">
+      <c r="E89" s="35">
         <v>20</v>
       </c>
     </row>
-    <row r="83" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C83" s="17" t="s">
+    <row r="90" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A90" s="127"/>
+      <c r="B90" s="121"/>
+      <c r="C90" s="68" t="s">
         <v>86</v>
       </c>
-      <c r="D83" s="10">
-[...2 lines deleted...]
-      <c r="E83" s="55">
+      <c r="D90" s="10">
+        <v>14</v>
+      </c>
+      <c r="E90" s="36">
         <v>30</v>
       </c>
     </row>
-    <row r="84" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C84" s="17" t="s">
+    <row r="91" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A91" s="127"/>
+      <c r="B91" s="121"/>
+      <c r="C91" s="68" t="s">
         <v>87</v>
       </c>
-      <c r="D84" s="10">
-[...9 lines deleted...]
-      <c r="C85" s="17" t="s">
+      <c r="D91" s="10">
+        <v>6</v>
+      </c>
+      <c r="E91" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A92" s="127"/>
+      <c r="B92" s="121"/>
+      <c r="C92" s="68" t="s">
         <v>88</v>
       </c>
-      <c r="D85" s="10">
+      <c r="D92" s="10">
         <v>12</v>
       </c>
-      <c r="E85" s="55">
+      <c r="E92" s="36">
         <v>26</v>
       </c>
     </row>
-    <row r="86" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C86" s="17" t="s">
+    <row r="93" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A93" s="127"/>
+      <c r="B93" s="121"/>
+      <c r="C93" s="68" t="s">
         <v>89</v>
       </c>
-      <c r="D86" s="10">
+      <c r="D93" s="10">
         <v>12</v>
       </c>
-      <c r="E86" s="55">
+      <c r="E93" s="36">
         <v>26</v>
       </c>
     </row>
-    <row r="87" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C87" s="17" t="s">
+    <row r="94" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A94" s="127"/>
+      <c r="B94" s="121"/>
+      <c r="C94" s="68" t="s">
         <v>90</v>
       </c>
-      <c r="D87" s="10">
+      <c r="D94" s="10">
         <v>12</v>
       </c>
-      <c r="E87" s="55">
+      <c r="E94" s="36">
         <v>26</v>
       </c>
     </row>
-    <row r="88" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C88" s="17" t="s">
+    <row r="95" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A95" s="127"/>
+      <c r="B95" s="121"/>
+      <c r="C95" s="68" t="s">
         <v>91</v>
       </c>
-      <c r="D88" s="10">
+      <c r="D95" s="10">
         <v>12</v>
       </c>
-      <c r="E88" s="55">
+      <c r="E95" s="36">
         <v>26</v>
       </c>
     </row>
-    <row r="89" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C89" s="17" t="s">
+    <row r="96" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A96" s="127"/>
+      <c r="B96" s="121"/>
+      <c r="C96" s="68" t="s">
         <v>92</v>
       </c>
-      <c r="D89" s="10">
+      <c r="D96" s="10">
         <v>12</v>
       </c>
-      <c r="E89" s="55">
+      <c r="E96" s="36">
         <v>26</v>
       </c>
     </row>
-    <row r="90" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C90" s="31" t="s">
+    <row r="97" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A97" s="127"/>
+      <c r="B97" s="121"/>
+      <c r="C97" s="74" t="s">
         <v>93</v>
       </c>
-      <c r="D90" s="11">
+      <c r="D97" s="11">
         <v>12</v>
       </c>
-      <c r="E90" s="56">
+      <c r="E97" s="37">
         <v>26</v>
       </c>
     </row>
-    <row r="91" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C91" s="27" t="s">
+    <row r="98" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A98" s="127"/>
+      <c r="B98" s="121"/>
+      <c r="C98" s="70" t="s">
         <v>94</v>
       </c>
-      <c r="D91" s="12">
-[...9 lines deleted...]
-      <c r="C92" s="28" t="s">
+      <c r="D98" s="12">
+        <v>6</v>
+      </c>
+      <c r="E98" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="128"/>
+      <c r="B99" s="122"/>
+      <c r="C99" s="71" t="s">
         <v>95</v>
       </c>
-      <c r="D92" s="13">
-[...7 lines deleted...]
-      <c r="A93" s="137" t="s">
+      <c r="D99" s="13">
+        <v>6</v>
+      </c>
+      <c r="E99" s="38">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A100" s="126" t="s">
         <v>96</v>
       </c>
-      <c r="B93" s="131">
+      <c r="B100" s="120">
         <v>2024</v>
       </c>
-      <c r="C93" s="30" t="s">
+      <c r="C100" s="73" t="s">
         <v>97</v>
       </c>
-      <c r="D93" s="14">
+      <c r="D100" s="14">
         <v>3</v>
       </c>
-      <c r="E93" s="58">
+      <c r="E100" s="39">
         <v>8</v>
       </c>
     </row>
-    <row r="94" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C94" s="31" t="s">
+    <row r="101" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A101" s="127"/>
+      <c r="B101" s="121"/>
+      <c r="C101" s="74" t="s">
         <v>98</v>
       </c>
-      <c r="D94" s="10">
+      <c r="D101" s="10">
         <v>7</v>
       </c>
-      <c r="E94" s="55">
+      <c r="E101" s="36">
         <v>16</v>
       </c>
     </row>
-    <row r="95" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C95" s="17" t="s">
+    <row r="102" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A102" s="127"/>
+      <c r="B102" s="121"/>
+      <c r="C102" s="68" t="s">
         <v>99</v>
       </c>
-      <c r="D95" s="10">
-[...9 lines deleted...]
-      <c r="C96" s="17" t="s">
+      <c r="D102" s="10">
+        <v>6</v>
+      </c>
+      <c r="E102" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A103" s="127"/>
+      <c r="B103" s="121"/>
+      <c r="C103" s="68" t="s">
         <v>100</v>
       </c>
-      <c r="D96" s="10">
-[...2 lines deleted...]
-      <c r="E96" s="55">
+      <c r="D103" s="10">
+        <v>14</v>
+      </c>
+      <c r="E103" s="36">
         <v>30</v>
       </c>
     </row>
-    <row r="97" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C97" s="17" t="s">
+    <row r="104" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A104" s="127"/>
+      <c r="B104" s="121"/>
+      <c r="C104" s="68" t="s">
         <v>101</v>
       </c>
-      <c r="D97" s="10">
+      <c r="D104" s="10">
         <v>10</v>
       </c>
-      <c r="E97" s="55">
+      <c r="E104" s="36">
         <v>22</v>
       </c>
     </row>
-    <row r="98" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C98" s="17" t="s">
+    <row r="105" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A105" s="127"/>
+      <c r="B105" s="121"/>
+      <c r="C105" s="68" t="s">
         <v>102</v>
       </c>
-      <c r="D98" s="10">
+      <c r="D105" s="10">
         <v>11</v>
       </c>
-      <c r="E98" s="55">
+      <c r="E105" s="36">
         <v>24</v>
       </c>
     </row>
-    <row r="99" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C99" s="17" t="s">
+    <row r="106" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A106" s="127"/>
+      <c r="B106" s="121"/>
+      <c r="C106" s="68" t="s">
         <v>103</v>
       </c>
-      <c r="D99" s="10">
-[...9 lines deleted...]
-      <c r="C100" s="17" t="s">
+      <c r="D106" s="10">
+        <v>6</v>
+      </c>
+      <c r="E106" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A107" s="127"/>
+      <c r="B107" s="121"/>
+      <c r="C107" s="68" t="s">
         <v>104</v>
       </c>
-      <c r="D100" s="10">
-[...2 lines deleted...]
-      <c r="E100" s="55">
+      <c r="D107" s="10">
+        <v>14</v>
+      </c>
+      <c r="E107" s="36">
         <v>30</v>
       </c>
     </row>
-    <row r="101" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C101" s="17" t="s">
+    <row r="108" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A108" s="127"/>
+      <c r="B108" s="121"/>
+      <c r="C108" s="68" t="s">
         <v>105</v>
       </c>
-      <c r="D101" s="10">
+      <c r="D108" s="10">
         <v>10</v>
       </c>
-      <c r="E101" s="55">
+      <c r="E108" s="36">
         <v>22</v>
       </c>
     </row>
-    <row r="102" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C102" s="17" t="s">
+    <row r="109" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A109" s="127"/>
+      <c r="B109" s="121"/>
+      <c r="C109" s="68" t="s">
         <v>106</v>
       </c>
-      <c r="D102" s="10">
+      <c r="D109" s="10">
         <v>11</v>
       </c>
-      <c r="E102" s="55">
+      <c r="E109" s="36">
         <v>24</v>
       </c>
     </row>
-    <row r="103" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C103" s="17" t="s">
+    <row r="110" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="127"/>
+      <c r="B110" s="121"/>
+      <c r="C110" s="68" t="s">
         <v>107</v>
       </c>
-      <c r="D103" s="10">
+      <c r="D110" s="10">
         <v>16</v>
       </c>
-      <c r="E103" s="55">
+      <c r="E110" s="36">
         <v>34</v>
       </c>
     </row>
-    <row r="104" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A104" s="137" t="s">
+    <row r="111" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A111" s="126" t="s">
         <v>108</v>
       </c>
-      <c r="B104" s="131">
+      <c r="B111" s="120">
         <v>2024</v>
       </c>
-      <c r="C104" s="29" t="s">
+      <c r="C111" s="72" t="s">
         <v>109</v>
       </c>
-      <c r="D104" s="9">
+      <c r="D111" s="9">
         <v>12</v>
       </c>
-      <c r="E104" s="54">
+      <c r="E111" s="35">
         <v>26</v>
       </c>
     </row>
-    <row r="105" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C105" s="17" t="s">
+    <row r="112" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A112" s="127"/>
+      <c r="B112" s="121"/>
+      <c r="C112" s="68" t="s">
         <v>110</v>
       </c>
-      <c r="D105" s="10">
-[...9 lines deleted...]
-      <c r="C106" s="17" t="s">
+      <c r="D112" s="10">
+        <v>6</v>
+      </c>
+      <c r="E112" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A113" s="127"/>
+      <c r="B113" s="121"/>
+      <c r="C113" s="68" t="s">
         <v>111</v>
       </c>
-      <c r="D106" s="10">
+      <c r="D113" s="10">
         <v>8</v>
       </c>
-      <c r="E106" s="55">
+      <c r="E113" s="36">
         <v>18</v>
       </c>
     </row>
-    <row r="107" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C107" s="17" t="s">
+    <row r="114" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A114" s="127"/>
+      <c r="B114" s="121"/>
+      <c r="C114" s="68" t="s">
         <v>112</v>
       </c>
-      <c r="D107" s="10">
+      <c r="D114" s="10">
         <v>11</v>
       </c>
-      <c r="E107" s="55">
+      <c r="E114" s="36">
         <v>24</v>
       </c>
     </row>
-    <row r="108" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C108" s="17" t="s">
+    <row r="115" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A115" s="127"/>
+      <c r="B115" s="121"/>
+      <c r="C115" s="68" t="s">
         <v>113</v>
       </c>
-      <c r="D108" s="10">
+      <c r="D115" s="10">
         <v>15</v>
       </c>
-      <c r="E108" s="55">
+      <c r="E115" s="36">
         <v>32</v>
       </c>
     </row>
-    <row r="109" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C109" s="17" t="s">
+    <row r="116" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A116" s="127"/>
+      <c r="B116" s="121"/>
+      <c r="C116" s="68" t="s">
         <v>114</v>
       </c>
-      <c r="D109" s="10">
-[...9 lines deleted...]
-      <c r="C110" s="17" t="s">
+      <c r="D116" s="10">
+        <v>6</v>
+      </c>
+      <c r="E116" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A117" s="127"/>
+      <c r="B117" s="121"/>
+      <c r="C117" s="68" t="s">
         <v>115</v>
       </c>
-      <c r="D110" s="10">
+      <c r="D117" s="10">
         <v>8</v>
       </c>
-      <c r="E110" s="55">
+      <c r="E117" s="36">
         <v>18</v>
       </c>
     </row>
-    <row r="111" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C111" s="17" t="s">
+    <row r="118" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A118" s="127"/>
+      <c r="B118" s="121"/>
+      <c r="C118" s="68" t="s">
         <v>116</v>
       </c>
-      <c r="D111" s="10">
+      <c r="D118" s="10">
         <v>11</v>
       </c>
-      <c r="E111" s="55">
+      <c r="E118" s="36">
         <v>24</v>
       </c>
     </row>
-    <row r="112" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C112" s="31" t="s">
+    <row r="119" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A119" s="127"/>
+      <c r="B119" s="121"/>
+      <c r="C119" s="74" t="s">
         <v>117</v>
       </c>
-      <c r="D112" s="10">
+      <c r="D119" s="10">
         <v>15</v>
       </c>
-      <c r="E112" s="55">
+      <c r="E119" s="36">
         <v>32</v>
       </c>
     </row>
-    <row r="113" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C113" s="17" t="s">
+    <row r="120" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A120" s="127"/>
+      <c r="B120" s="121"/>
+      <c r="C120" s="68" t="s">
         <v>118</v>
       </c>
-      <c r="D113" s="10">
-[...9 lines deleted...]
-      <c r="C114" s="17" t="s">
+      <c r="D120" s="10">
+        <v>6</v>
+      </c>
+      <c r="E120" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="121" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A121" s="127"/>
+      <c r="B121" s="121"/>
+      <c r="C121" s="68" t="s">
         <v>119</v>
       </c>
-      <c r="D114" s="10">
-[...9 lines deleted...]
-      <c r="C115" s="17" t="s">
+      <c r="D121" s="10">
+        <v>6</v>
+      </c>
+      <c r="E121" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="122" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A122" s="127"/>
+      <c r="B122" s="121"/>
+      <c r="C122" s="68" t="s">
         <v>120</v>
       </c>
-      <c r="D115" s="10">
-[...9 lines deleted...]
-      <c r="C116" s="17" t="s">
+      <c r="D122" s="10">
+        <v>6</v>
+      </c>
+      <c r="E122" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A123" s="127"/>
+      <c r="B123" s="121"/>
+      <c r="C123" s="68" t="s">
         <v>121</v>
       </c>
-      <c r="D116" s="10">
+      <c r="D123" s="10">
         <v>3</v>
       </c>
-      <c r="E116" s="55">
+      <c r="E123" s="36">
         <v>8</v>
       </c>
     </row>
-    <row r="117" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C117" s="17" t="s">
+    <row r="124" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A124" s="127"/>
+      <c r="B124" s="121"/>
+      <c r="C124" s="68" t="s">
         <v>122</v>
       </c>
-      <c r="D117" s="10">
-[...9 lines deleted...]
-      <c r="C118" s="17" t="s">
+      <c r="D124" s="10">
+        <v>6</v>
+      </c>
+      <c r="E124" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="125" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A125" s="127"/>
+      <c r="B125" s="121"/>
+      <c r="C125" s="68" t="s">
         <v>123</v>
       </c>
-      <c r="D118" s="10">
-[...9 lines deleted...]
-      <c r="C119" s="17" t="s">
+      <c r="D125" s="10">
+        <v>6</v>
+      </c>
+      <c r="E125" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="126" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A126" s="127"/>
+      <c r="B126" s="121"/>
+      <c r="C126" s="68" t="s">
         <v>124</v>
       </c>
-      <c r="D119" s="10">
+      <c r="D126" s="10">
         <v>8</v>
       </c>
-      <c r="E119" s="55">
+      <c r="E126" s="36">
         <v>18</v>
       </c>
     </row>
-    <row r="120" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C120" s="31" t="s">
+    <row r="127" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A127" s="128"/>
+      <c r="B127" s="122"/>
+      <c r="C127" s="74" t="s">
         <v>125</v>
       </c>
-      <c r="D120" s="15">
+      <c r="D127" s="15">
         <v>4</v>
       </c>
-      <c r="E120" s="57">
+      <c r="E127" s="38">
         <v>10</v>
       </c>
     </row>
-    <row r="121" spans="1:5" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A121" s="67" t="s">
+    <row r="128" spans="1:5" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A128" s="60" t="s">
         <v>126</v>
       </c>
-      <c r="B121" s="66">
+      <c r="B128" s="98">
         <v>2024</v>
       </c>
-      <c r="C121" s="78" t="s">
+      <c r="C128" s="20" t="s">
         <v>127</v>
       </c>
-      <c r="D121" s="16">
+      <c r="D128" s="16">
         <v>16</v>
       </c>
-      <c r="E121" s="59">
+      <c r="E128" s="40">
         <v>34</v>
       </c>
     </row>
-    <row r="122" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A122" s="137" t="s">
+    <row r="129" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A129" s="126" t="s">
         <v>128</v>
       </c>
-      <c r="B122" s="131">
+      <c r="B129" s="120">
         <v>2024</v>
       </c>
-      <c r="C122" s="30" t="s">
+      <c r="C129" s="73" t="s">
         <v>129</v>
       </c>
-      <c r="D122" s="1">
+      <c r="D129" s="1">
         <v>9</v>
       </c>
-      <c r="E122" s="54">
-[...6 lines deleted...]
-      <c r="C123" s="17" t="s">
+      <c r="E129" s="35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A130" s="127"/>
+      <c r="B130" s="121"/>
+      <c r="C130" s="68" t="s">
         <v>130</v>
       </c>
-      <c r="D123" s="2">
+      <c r="D130" s="2">
         <v>8</v>
       </c>
-      <c r="E123" s="55">
+      <c r="E130" s="36">
         <v>18</v>
       </c>
     </row>
-    <row r="124" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C124" s="17" t="s">
+    <row r="131" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A131" s="127"/>
+      <c r="B131" s="121"/>
+      <c r="C131" s="68" t="s">
         <v>131</v>
       </c>
-      <c r="D124" s="2">
+      <c r="D131" s="2">
         <v>9</v>
       </c>
-      <c r="E124" s="55">
-[...6 lines deleted...]
-      <c r="C125" s="17" t="s">
+      <c r="E131" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A132" s="127"/>
+      <c r="B132" s="121"/>
+      <c r="C132" s="68" t="s">
         <v>132</v>
       </c>
-      <c r="D125" s="2">
+      <c r="D132" s="2">
         <v>8</v>
       </c>
-      <c r="E125" s="55">
+      <c r="E132" s="36">
         <v>18</v>
       </c>
     </row>
-    <row r="126" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C126" s="17" t="s">
+    <row r="133" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A133" s="127"/>
+      <c r="B133" s="121"/>
+      <c r="C133" s="68" t="s">
         <v>133</v>
       </c>
-      <c r="D126" s="2">
-[...9 lines deleted...]
-      <c r="C127" s="74" t="s">
+      <c r="D133" s="2">
+        <v>6</v>
+      </c>
+      <c r="E133" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+      <c r="A134" s="127"/>
+      <c r="B134" s="121"/>
+      <c r="C134" s="68" t="s">
         <v>134</v>
       </c>
-      <c r="D127" s="2">
-[...9 lines deleted...]
-      <c r="C128" s="74" t="s">
+      <c r="D134" s="2">
+        <v>6</v>
+      </c>
+      <c r="E134" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+      <c r="A135" s="127"/>
+      <c r="B135" s="121"/>
+      <c r="C135" s="68" t="s">
         <v>135</v>
       </c>
-      <c r="D128" s="2">
-[...9 lines deleted...]
-      <c r="C129" s="74" t="s">
+      <c r="D135" s="2">
+        <v>6</v>
+      </c>
+      <c r="E135" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+      <c r="A136" s="127"/>
+      <c r="B136" s="121"/>
+      <c r="C136" s="68" t="s">
         <v>136</v>
       </c>
-      <c r="D129" s="2">
+      <c r="D136" s="2">
         <v>2</v>
       </c>
-      <c r="E129" s="55">
-[...6 lines deleted...]
-      <c r="C130" s="74" t="s">
+      <c r="E136" s="36">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+      <c r="A137" s="127"/>
+      <c r="B137" s="121"/>
+      <c r="C137" s="68" t="s">
         <v>137</v>
       </c>
-      <c r="D130" s="2">
-[...9 lines deleted...]
-      <c r="C131" s="74" t="s">
+      <c r="D137" s="2">
+        <v>6</v>
+      </c>
+      <c r="E137" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+      <c r="A138" s="127"/>
+      <c r="B138" s="121"/>
+      <c r="C138" s="68" t="s">
         <v>138</v>
       </c>
-      <c r="D131" s="2">
-[...9 lines deleted...]
-      <c r="C132" s="73" t="s">
+      <c r="D138" s="2">
+        <v>6</v>
+      </c>
+      <c r="E138" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A139" s="128"/>
+      <c r="B139" s="122"/>
+      <c r="C139" s="75" t="s">
         <v>139</v>
       </c>
-      <c r="D132" s="3">
+      <c r="D139" s="3">
         <v>2</v>
       </c>
-      <c r="E132" s="57">
-[...4 lines deleted...]
-      <c r="A133" s="137" t="s">
+      <c r="E139" s="38">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A140" s="126" t="s">
         <v>140</v>
       </c>
-      <c r="B133" s="131">
+      <c r="B140" s="120">
         <v>2024</v>
       </c>
-      <c r="C133" s="29" t="s">
+      <c r="C140" s="72" t="s">
         <v>141</v>
       </c>
-      <c r="D133" s="1">
+      <c r="D140" s="1">
         <v>12</v>
       </c>
-      <c r="E133" s="54">
+      <c r="E140" s="35">
         <v>26</v>
       </c>
     </row>
-    <row r="134" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C134" s="17" t="s">
+    <row r="141" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A141" s="127"/>
+      <c r="B141" s="121"/>
+      <c r="C141" s="68" t="s">
         <v>142</v>
-      </c>
-[...89 lines deleted...]
-        <v>149</v>
       </c>
       <c r="D141" s="2">
         <v>12</v>
       </c>
-      <c r="E141" s="55">
+      <c r="E141" s="36">
         <v>26</v>
       </c>
     </row>
-    <row r="142" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C142" s="74" t="s">
+    <row r="142" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A142" s="127"/>
+      <c r="B142" s="121"/>
+      <c r="C142" s="68" t="s">
+        <v>143</v>
+      </c>
+      <c r="D142" s="2">
+        <v>14</v>
+      </c>
+      <c r="E142" s="36">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A143" s="127"/>
+      <c r="B143" s="121"/>
+      <c r="C143" s="68" t="s">
+        <v>144</v>
+      </c>
+      <c r="D143" s="2">
+        <v>12</v>
+      </c>
+      <c r="E143" s="36">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A144" s="127"/>
+      <c r="B144" s="121"/>
+      <c r="C144" s="68" t="s">
+        <v>145</v>
+      </c>
+      <c r="D144" s="2">
+        <v>12</v>
+      </c>
+      <c r="E144" s="36">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A145" s="127"/>
+      <c r="B145" s="121"/>
+      <c r="C145" s="68" t="s">
+        <v>146</v>
+      </c>
+      <c r="D145" s="2">
+        <v>14</v>
+      </c>
+      <c r="E145" s="36">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A146" s="127"/>
+      <c r="B146" s="121"/>
+      <c r="C146" s="68" t="s">
+        <v>147</v>
+      </c>
+      <c r="D146" s="2">
+        <v>6</v>
+      </c>
+      <c r="E146" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="147" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+      <c r="A147" s="127"/>
+      <c r="B147" s="121"/>
+      <c r="C147" s="68" t="s">
+        <v>148</v>
+      </c>
+      <c r="D147" s="2">
+        <v>12</v>
+      </c>
+      <c r="E147" s="36">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="148" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+      <c r="A148" s="127"/>
+      <c r="B148" s="121"/>
+      <c r="C148" s="68" t="s">
+        <v>149</v>
+      </c>
+      <c r="D148" s="2">
+        <v>12</v>
+      </c>
+      <c r="E148" s="36">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+      <c r="A149" s="127"/>
+      <c r="B149" s="121"/>
+      <c r="C149" s="68" t="s">
         <v>150</v>
       </c>
-      <c r="D142" s="2">
-[...2 lines deleted...]
-      <c r="E142" s="55">
+      <c r="D149" s="2">
+        <v>14</v>
+      </c>
+      <c r="E149" s="36">
         <v>30</v>
       </c>
     </row>
-    <row r="143" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C143" s="74" t="s">
+    <row r="150" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+      <c r="A150" s="127"/>
+      <c r="B150" s="121"/>
+      <c r="C150" s="68" t="s">
         <v>151</v>
       </c>
-      <c r="D143" s="2">
+      <c r="D150" s="2">
         <v>18</v>
       </c>
-      <c r="E143" s="55">
+      <c r="E150" s="36">
         <v>35</v>
       </c>
     </row>
-    <row r="144" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C144" s="17" t="s">
+    <row r="151" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A151" s="127"/>
+      <c r="B151" s="121"/>
+      <c r="C151" s="68" t="s">
         <v>152</v>
       </c>
-      <c r="D144" s="2">
-[...9 lines deleted...]
-      <c r="C145" s="17" t="s">
+      <c r="D151" s="2">
+        <v>6</v>
+      </c>
+      <c r="E151" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="152" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A152" s="127"/>
+      <c r="B152" s="121"/>
+      <c r="C152" s="68" t="s">
         <v>153</v>
       </c>
-      <c r="D145" s="2">
-[...9 lines deleted...]
-      <c r="C146" s="17" t="s">
+      <c r="D152" s="2">
+        <v>6</v>
+      </c>
+      <c r="E152" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A153" s="127"/>
+      <c r="B153" s="121"/>
+      <c r="C153" s="68" t="s">
         <v>154</v>
       </c>
-      <c r="D146" s="2">
-[...9 lines deleted...]
-      <c r="C147" s="17" t="s">
+      <c r="D153" s="2">
+        <v>6</v>
+      </c>
+      <c r="E153" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="154" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A154" s="127"/>
+      <c r="B154" s="121"/>
+      <c r="C154" s="68" t="s">
         <v>155</v>
       </c>
-      <c r="D147" s="2">
-[...9 lines deleted...]
-      <c r="C148" s="17" t="s">
+      <c r="D154" s="2">
+        <v>6</v>
+      </c>
+      <c r="E154" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="155" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A155" s="127"/>
+      <c r="B155" s="121"/>
+      <c r="C155" s="68" t="s">
         <v>156</v>
       </c>
-      <c r="D148" s="2">
-[...9 lines deleted...]
-      <c r="C149" s="31" t="s">
+      <c r="D155" s="2">
+        <v>6</v>
+      </c>
+      <c r="E155" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="156" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A156" s="127"/>
+      <c r="B156" s="121"/>
+      <c r="C156" s="74" t="s">
         <v>157</v>
       </c>
-      <c r="D149" s="2">
-[...9 lines deleted...]
-      <c r="C150" s="17" t="s">
+      <c r="D156" s="2">
+        <v>6</v>
+      </c>
+      <c r="E156" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="157" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A157" s="127"/>
+      <c r="B157" s="121"/>
+      <c r="C157" s="68" t="s">
         <v>158</v>
       </c>
-      <c r="D150" s="2">
-[...9 lines deleted...]
-      <c r="C151" s="17" t="s">
+      <c r="D157" s="2">
+        <v>6</v>
+      </c>
+      <c r="E157" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="158" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A158" s="127"/>
+      <c r="B158" s="121"/>
+      <c r="C158" s="68" t="s">
         <v>159</v>
       </c>
-      <c r="D151" s="2">
-[...9 lines deleted...]
-      <c r="C152" s="17" t="s">
+      <c r="D158" s="2">
+        <v>6</v>
+      </c>
+      <c r="E158" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="159" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A159" s="127"/>
+      <c r="B159" s="121"/>
+      <c r="C159" s="68" t="s">
         <v>160</v>
       </c>
-      <c r="D152" s="2">
-[...9 lines deleted...]
-      <c r="C153" s="17" t="s">
+      <c r="D159" s="2">
+        <v>6</v>
+      </c>
+      <c r="E159" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="160" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A160" s="127"/>
+      <c r="B160" s="121"/>
+      <c r="C160" s="68" t="s">
         <v>161</v>
       </c>
-      <c r="D153" s="2">
-[...9 lines deleted...]
-      <c r="C154" s="17" t="s">
+      <c r="D160" s="2">
+        <v>6</v>
+      </c>
+      <c r="E160" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A161" s="127"/>
+      <c r="B161" s="121"/>
+      <c r="C161" s="68" t="s">
         <v>162</v>
       </c>
-      <c r="D154" s="2">
-[...9 lines deleted...]
-      <c r="C155" s="17" t="s">
+      <c r="D161" s="2">
+        <v>6</v>
+      </c>
+      <c r="E161" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A162" s="127"/>
+      <c r="B162" s="121"/>
+      <c r="C162" s="68" t="s">
         <v>163</v>
       </c>
-      <c r="D155" s="2">
-[...9 lines deleted...]
-      <c r="C156" s="17" t="s">
+      <c r="D162" s="2">
+        <v>6</v>
+      </c>
+      <c r="E162" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A163" s="127"/>
+      <c r="B163" s="121"/>
+      <c r="C163" s="68" t="s">
         <v>164</v>
       </c>
-      <c r="D156" s="2">
-[...9 lines deleted...]
-      <c r="C157" s="17" t="s">
+      <c r="D163" s="2">
+        <v>6</v>
+      </c>
+      <c r="E163" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="164" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A164" s="127"/>
+      <c r="B164" s="121"/>
+      <c r="C164" s="68" t="s">
         <v>165</v>
       </c>
-      <c r="D157" s="2">
-[...9 lines deleted...]
-      <c r="C158" s="17" t="s">
+      <c r="D164" s="2">
+        <v>6</v>
+      </c>
+      <c r="E164" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="165" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A165" s="127"/>
+      <c r="B165" s="121"/>
+      <c r="C165" s="68" t="s">
         <v>166</v>
       </c>
-      <c r="D158" s="2">
-[...9 lines deleted...]
-      <c r="C159" s="17" t="s">
+      <c r="D165" s="2">
+        <v>6</v>
+      </c>
+      <c r="E165" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="166" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A166" s="127"/>
+      <c r="B166" s="121"/>
+      <c r="C166" s="68" t="s">
         <v>167</v>
       </c>
-      <c r="D159" s="2">
-[...9 lines deleted...]
-      <c r="C160" s="17" t="s">
+      <c r="D166" s="2">
+        <v>6</v>
+      </c>
+      <c r="E166" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="167" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A167" s="127"/>
+      <c r="B167" s="121"/>
+      <c r="C167" s="68" t="s">
         <v>168</v>
       </c>
-      <c r="D160" s="2">
-[...9 lines deleted...]
-      <c r="C161" s="17" t="s">
+      <c r="D167" s="2">
+        <v>6</v>
+      </c>
+      <c r="E167" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="168" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A168" s="127"/>
+      <c r="B168" s="121"/>
+      <c r="C168" s="68" t="s">
         <v>169</v>
       </c>
-      <c r="D161" s="2">
-[...9 lines deleted...]
-      <c r="C162" s="28" t="s">
+      <c r="D168" s="2">
+        <v>6</v>
+      </c>
+      <c r="E168" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="169" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A169" s="128"/>
+      <c r="B169" s="122"/>
+      <c r="C169" s="76" t="s">
         <v>170</v>
       </c>
-      <c r="D162" s="3">
-[...7 lines deleted...]
-      <c r="A163" s="137" t="s">
+      <c r="D169" s="3">
+        <v>6</v>
+      </c>
+      <c r="E169" s="38">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="170" spans="1:5" ht="36" x14ac:dyDescent="0.25">
+      <c r="A170" s="126" t="s">
         <v>171</v>
       </c>
-      <c r="B163" s="132">
+      <c r="B170" s="121">
         <v>2024</v>
       </c>
-      <c r="C163" s="77" t="s">
+      <c r="C170" s="68" t="s">
         <v>172</v>
       </c>
-      <c r="D163" s="2">
-[...2 lines deleted...]
-      <c r="E163" s="55">
+      <c r="D170" s="1">
+        <v>14</v>
+      </c>
+      <c r="E170" s="36">
         <v>30</v>
       </c>
     </row>
-    <row r="164" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C164" s="32" t="s">
+    <row r="171" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A171" s="127"/>
+      <c r="B171" s="121"/>
+      <c r="C171" s="68" t="s">
         <v>173</v>
       </c>
-      <c r="D164" s="3">
-[...7 lines deleted...]
-      <c r="A165" s="137" t="s">
+      <c r="D171" s="4">
+        <v>6</v>
+      </c>
+      <c r="E171" s="37">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="172" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A172" s="127"/>
+      <c r="B172" s="121"/>
+      <c r="C172" s="68" t="s">
+        <v>421</v>
+      </c>
+      <c r="D172" s="4">
+        <v>12</v>
+      </c>
+      <c r="E172" s="37">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="173" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A173" s="127"/>
+      <c r="B173" s="121"/>
+      <c r="C173" s="68" t="s">
+        <v>422</v>
+      </c>
+      <c r="D173" s="4">
+        <v>14</v>
+      </c>
+      <c r="E173" s="37">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="174" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A174" s="128"/>
+      <c r="B174" s="122"/>
+      <c r="C174" s="68" t="s">
+        <v>423</v>
+      </c>
+      <c r="D174" s="3">
+        <v>18</v>
+      </c>
+      <c r="E174" s="38">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="175" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A175" s="126" t="s">
         <v>174</v>
       </c>
-      <c r="B165" s="131">
+      <c r="B175" s="120">
         <v>2024</v>
       </c>
-      <c r="C165" s="33" t="s">
+      <c r="C175" s="77" t="s">
         <v>175</v>
       </c>
-      <c r="D165" s="1">
-[...9 lines deleted...]
-      <c r="C166" s="31" t="s">
+      <c r="D175" s="1">
+        <v>6</v>
+      </c>
+      <c r="E175" s="35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="176" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A176" s="127"/>
+      <c r="B176" s="121"/>
+      <c r="C176" s="74" t="s">
         <v>176</v>
       </c>
-      <c r="D166" s="2">
-[...9 lines deleted...]
-      <c r="C167" s="31" t="s">
+      <c r="D176" s="2">
+        <v>6</v>
+      </c>
+      <c r="E176" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="177" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A177" s="127"/>
+      <c r="B177" s="121"/>
+      <c r="C177" s="74" t="s">
         <v>177</v>
       </c>
-      <c r="D167" s="2">
-[...9 lines deleted...]
-      <c r="C168" s="76" t="s">
+      <c r="D177" s="2">
+        <v>6</v>
+      </c>
+      <c r="E177" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="178" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+      <c r="A178" s="127"/>
+      <c r="B178" s="121"/>
+      <c r="C178" s="74" t="s">
         <v>178</v>
       </c>
-      <c r="D168" s="2">
+      <c r="D178" s="2">
         <v>9</v>
       </c>
-      <c r="E168" s="55">
+      <c r="E178" s="36">
         <v>20</v>
       </c>
     </row>
-    <row r="169" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C169" s="76" t="s">
+    <row r="179" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+      <c r="A179" s="127"/>
+      <c r="B179" s="121"/>
+      <c r="C179" s="74" t="s">
         <v>179</v>
       </c>
-      <c r="D169" s="2">
+      <c r="D179" s="2">
         <v>9</v>
       </c>
-      <c r="E169" s="55">
+      <c r="E179" s="36">
         <v>20</v>
       </c>
     </row>
-    <row r="170" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C170" s="31" t="s">
+    <row r="180" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A180" s="127"/>
+      <c r="B180" s="121"/>
+      <c r="C180" s="74" t="s">
         <v>180</v>
       </c>
-      <c r="D170" s="2">
-[...9 lines deleted...]
-      <c r="C171" s="31" t="s">
+      <c r="D180" s="2">
+        <v>6</v>
+      </c>
+      <c r="E180" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="181" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A181" s="127"/>
+      <c r="B181" s="121"/>
+      <c r="C181" s="74" t="s">
         <v>181</v>
       </c>
-      <c r="D171" s="2">
-[...9 lines deleted...]
-      <c r="C172" s="31" t="s">
+      <c r="D181" s="2">
+        <v>6</v>
+      </c>
+      <c r="E181" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="182" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A182" s="127"/>
+      <c r="B182" s="121"/>
+      <c r="C182" s="74" t="s">
         <v>182</v>
       </c>
-      <c r="D172" s="2">
-[...9 lines deleted...]
-      <c r="C173" s="31" t="s">
+      <c r="D182" s="2">
+        <v>6</v>
+      </c>
+      <c r="E182" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="183" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A183" s="127"/>
+      <c r="B183" s="121"/>
+      <c r="C183" s="74" t="s">
         <v>183</v>
       </c>
-      <c r="D173" s="2">
-[...9 lines deleted...]
-      <c r="C174" s="31" t="s">
+      <c r="D183" s="2">
+        <v>6</v>
+      </c>
+      <c r="E183" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="184" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A184" s="127"/>
+      <c r="B184" s="121"/>
+      <c r="C184" s="74" t="s">
         <v>184</v>
       </c>
-      <c r="D174" s="2">
-[...9 lines deleted...]
-      <c r="C175" s="32" t="s">
+      <c r="D184" s="2">
+        <v>6</v>
+      </c>
+      <c r="E184" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="185" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A185" s="128"/>
+      <c r="B185" s="122"/>
+      <c r="C185" s="75" t="s">
         <v>185</v>
       </c>
-      <c r="D175" s="3">
-[...7 lines deleted...]
-      <c r="A176" s="137" t="s">
+      <c r="D185" s="3">
+        <v>6</v>
+      </c>
+      <c r="E185" s="38">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="186" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A186" s="126" t="s">
         <v>186</v>
       </c>
-      <c r="B176" s="131">
+      <c r="B186" s="120">
         <v>2024</v>
       </c>
-      <c r="C176" s="29" t="s">
+      <c r="C186" s="72" t="s">
         <v>187</v>
       </c>
-      <c r="D176" s="1">
+      <c r="D186" s="1">
         <v>18</v>
       </c>
-      <c r="E176" s="54">
+      <c r="E186" s="35">
         <v>35</v>
       </c>
     </row>
-    <row r="177" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C177" s="17" t="s">
+    <row r="187" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A187" s="127"/>
+      <c r="B187" s="121"/>
+      <c r="C187" s="68" t="s">
         <v>188</v>
       </c>
-      <c r="D177" s="2">
+      <c r="D187" s="2">
         <v>20</v>
       </c>
-      <c r="E177" s="55">
+      <c r="E187" s="36">
         <v>35</v>
       </c>
     </row>
-    <row r="178" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C178" s="17" t="s">
+    <row r="188" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A188" s="127"/>
+      <c r="B188" s="121"/>
+      <c r="C188" s="68" t="s">
         <v>189</v>
       </c>
-      <c r="D178" s="2">
+      <c r="D188" s="2">
         <v>18</v>
       </c>
-      <c r="E178" s="55">
+      <c r="E188" s="36">
         <v>35</v>
       </c>
     </row>
-    <row r="179" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C179" s="17" t="s">
+    <row r="189" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A189" s="127"/>
+      <c r="B189" s="121"/>
+      <c r="C189" s="68" t="s">
         <v>190</v>
       </c>
-      <c r="D179" s="2">
+      <c r="D189" s="2">
         <v>20</v>
       </c>
-      <c r="E179" s="55">
+      <c r="E189" s="36">
         <v>35</v>
       </c>
     </row>
-    <row r="180" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C180" s="17" t="s">
+    <row r="190" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A190" s="127"/>
+      <c r="B190" s="121"/>
+      <c r="C190" s="68" t="s">
         <v>191</v>
       </c>
-      <c r="D180" s="2">
+      <c r="D190" s="2">
         <v>12</v>
       </c>
-      <c r="E180" s="55">
+      <c r="E190" s="36">
         <v>26</v>
       </c>
     </row>
-    <row r="181" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C181" s="17" t="s">
+    <row r="191" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A191" s="127"/>
+      <c r="B191" s="121"/>
+      <c r="C191" s="68" t="s">
         <v>192</v>
       </c>
-      <c r="D181" s="2">
+      <c r="D191" s="2">
         <v>12</v>
       </c>
-      <c r="E181" s="55">
+      <c r="E191" s="36">
         <v>26</v>
       </c>
     </row>
-    <row r="182" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C182" s="17" t="s">
+    <row r="192" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A192" s="127"/>
+      <c r="B192" s="121"/>
+      <c r="C192" s="68" t="s">
         <v>193</v>
       </c>
-      <c r="D182" s="2">
+      <c r="D192" s="2">
         <v>12</v>
       </c>
-      <c r="E182" s="55">
+      <c r="E192" s="36">
         <v>26</v>
       </c>
     </row>
-    <row r="183" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C183" s="17" t="s">
+    <row r="193" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A193" s="127"/>
+      <c r="B193" s="121"/>
+      <c r="C193" s="68" t="s">
         <v>194</v>
       </c>
-      <c r="D183" s="2">
-[...9 lines deleted...]
-      <c r="C184" s="17" t="s">
+      <c r="D193" s="2">
+        <v>6</v>
+      </c>
+      <c r="E193" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="194" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+      <c r="A194" s="127"/>
+      <c r="B194" s="121"/>
+      <c r="C194" s="68" t="s">
         <v>195</v>
       </c>
-      <c r="D184" s="2">
+      <c r="D194" s="2">
         <v>12</v>
       </c>
-      <c r="E184" s="55">
+      <c r="E194" s="36">
         <v>26</v>
       </c>
     </row>
-    <row r="185" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C185" s="17" t="s">
+    <row r="195" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A195" s="127"/>
+      <c r="B195" s="121"/>
+      <c r="C195" s="68" t="s">
         <v>196</v>
-      </c>
-[...132 lines deleted...]
-        <v>207</v>
       </c>
       <c r="D195" s="2">
         <v>12</v>
       </c>
-      <c r="E195" s="55">
+      <c r="E195" s="36">
         <v>26</v>
       </c>
     </row>
-    <row r="196" spans="1:5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-        <v>208</v>
+    <row r="196" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+      <c r="A196" s="127"/>
+      <c r="B196" s="121"/>
+      <c r="C196" s="68" t="s">
+        <v>197</v>
       </c>
       <c r="D196" s="2">
         <v>12</v>
       </c>
-      <c r="E196" s="55">
+      <c r="E196" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A197" s="138"/>
-[...2 lines deleted...]
-        <v>209</v>
+      <c r="A197" s="127"/>
+      <c r="B197" s="121"/>
+      <c r="C197" s="68" t="s">
+        <v>198</v>
       </c>
       <c r="D197" s="2">
         <v>6</v>
       </c>
-      <c r="E197" s="55">
+      <c r="E197" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A198" s="138"/>
-[...2 lines deleted...]
-        <v>210</v>
+      <c r="A198" s="127"/>
+      <c r="B198" s="121"/>
+      <c r="C198" s="68" t="s">
+        <v>199</v>
       </c>
       <c r="D198" s="2">
         <v>6</v>
       </c>
-      <c r="E198" s="55">
-[...7 lines deleted...]
-        <v>211</v>
+      <c r="E198" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="199" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A199" s="127"/>
+      <c r="B199" s="121"/>
+      <c r="C199" s="68" t="s">
+        <v>200</v>
       </c>
       <c r="D199" s="2">
-        <v>3</v>
-[...7 lines deleted...]
-      <c r="B200" s="132"/>
+        <v>6</v>
+      </c>
+      <c r="E199" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="200" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A200" s="127"/>
+      <c r="B200" s="121"/>
       <c r="C200" s="74" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="D200" s="2">
+        <v>201</v>
+      </c>
+      <c r="D200" s="4">
         <v>9</v>
       </c>
-      <c r="E200" s="55">
+      <c r="E200" s="37">
         <v>20</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A201" s="138"/>
-[...8 lines deleted...]
-        <v>14</v>
+      <c r="A201" s="127"/>
+      <c r="B201" s="121"/>
+      <c r="C201" s="74" t="s">
+        <v>449</v>
+      </c>
+      <c r="D201" s="4">
+        <v>18</v>
+      </c>
+      <c r="E201" s="37">
+        <v>35</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A202" s="138"/>
-[...7 lines deleted...]
-      <c r="E202" s="55">
+      <c r="A202" s="127"/>
+      <c r="B202" s="121"/>
+      <c r="C202" s="74" t="s">
+        <v>450</v>
+      </c>
+      <c r="D202" s="4">
+        <v>6</v>
+      </c>
+      <c r="E202" s="37">
         <v>14</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A203" s="138"/>
-[...7 lines deleted...]
-      <c r="E203" s="55">
+      <c r="A203" s="127"/>
+      <c r="B203" s="121"/>
+      <c r="C203" s="74" t="s">
+        <v>451</v>
+      </c>
+      <c r="D203" s="4">
+        <v>6</v>
+      </c>
+      <c r="E203" s="37">
         <v>14</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A204" s="138"/>
-[...20 lines deleted...]
-      <c r="E205" s="55">
+      <c r="A204" s="127"/>
+      <c r="B204" s="121"/>
+      <c r="C204" s="74" t="s">
+        <v>452</v>
+      </c>
+      <c r="D204" s="4">
+        <v>12</v>
+      </c>
+      <c r="E204" s="37">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="205" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A205" s="128"/>
+      <c r="B205" s="122"/>
+      <c r="C205" s="75" t="s">
+        <v>453</v>
+      </c>
+      <c r="D205" s="3">
+        <v>6</v>
+      </c>
+      <c r="E205" s="38">
         <v>14</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A206" s="138"/>
-[...7 lines deleted...]
-      <c r="E206" s="55">
+      <c r="A206" s="126" t="s">
+        <v>202</v>
+      </c>
+      <c r="B206" s="120">
+        <v>2024</v>
+      </c>
+      <c r="C206" s="72" t="s">
+        <v>203</v>
+      </c>
+      <c r="D206" s="1">
         <v>18</v>
       </c>
+      <c r="E206" s="35">
+        <v>35</v>
+      </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A207" s="138"/>
-[...2 lines deleted...]
-        <v>219</v>
+      <c r="A207" s="127"/>
+      <c r="B207" s="121"/>
+      <c r="C207" s="68" t="s">
+        <v>204</v>
       </c>
       <c r="D207" s="2">
         <v>6</v>
       </c>
-      <c r="E207" s="55">
+      <c r="E207" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A208" s="138"/>
-[...2 lines deleted...]
-        <v>220</v>
+      <c r="A208" s="127"/>
+      <c r="B208" s="121"/>
+      <c r="C208" s="68" t="s">
+        <v>205</v>
       </c>
       <c r="D208" s="2">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>6</v>
+      </c>
+      <c r="E208" s="36">
+        <v>14</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A209" s="138"/>
-[...2 lines deleted...]
-        <v>221</v>
+      <c r="A209" s="127"/>
+      <c r="B209" s="121"/>
+      <c r="C209" s="68" t="s">
+        <v>206</v>
       </c>
       <c r="D209" s="2">
         <v>8</v>
       </c>
-      <c r="E209" s="55">
+      <c r="E209" s="36">
         <v>18</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A210" s="138"/>
-[...1 lines deleted...]
-      <c r="C210" s="17" t="s">
+      <c r="A210" s="127"/>
+      <c r="B210" s="121"/>
+      <c r="C210" s="68" t="s">
+        <v>207</v>
+      </c>
+      <c r="D210" s="2">
+        <v>12</v>
+      </c>
+      <c r="E210" s="36">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="211" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A211" s="127"/>
+      <c r="B211" s="121"/>
+      <c r="C211" s="68" t="s">
+        <v>208</v>
+      </c>
+      <c r="D211" s="2">
+        <v>12</v>
+      </c>
+      <c r="E211" s="36">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="212" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A212" s="127"/>
+      <c r="B212" s="121"/>
+      <c r="C212" s="68" t="s">
+        <v>209</v>
+      </c>
+      <c r="D212" s="2">
+        <v>6</v>
+      </c>
+      <c r="E212" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="213" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A213" s="127"/>
+      <c r="B213" s="121"/>
+      <c r="C213" s="68" t="s">
+        <v>210</v>
+      </c>
+      <c r="D213" s="2">
+        <v>6</v>
+      </c>
+      <c r="E213" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="214" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+      <c r="A214" s="127"/>
+      <c r="B214" s="121"/>
+      <c r="C214" s="68" t="s">
+        <v>211</v>
+      </c>
+      <c r="D214" s="2">
+        <v>3</v>
+      </c>
+      <c r="E214" s="36">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="215" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+      <c r="A215" s="127"/>
+      <c r="B215" s="121"/>
+      <c r="C215" s="68" t="s">
+        <v>212</v>
+      </c>
+      <c r="D215" s="2">
+        <v>9</v>
+      </c>
+      <c r="E215" s="36">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="216" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A216" s="127"/>
+      <c r="B216" s="121"/>
+      <c r="C216" s="68" t="s">
+        <v>213</v>
+      </c>
+      <c r="D216" s="2">
+        <v>6</v>
+      </c>
+      <c r="E216" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="217" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A217" s="127"/>
+      <c r="B217" s="121"/>
+      <c r="C217" s="68" t="s">
+        <v>214</v>
+      </c>
+      <c r="D217" s="2">
+        <v>6</v>
+      </c>
+      <c r="E217" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="218" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A218" s="127"/>
+      <c r="B218" s="121"/>
+      <c r="C218" s="68" t="s">
+        <v>215</v>
+      </c>
+      <c r="D218" s="2">
+        <v>6</v>
+      </c>
+      <c r="E218" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="219" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A219" s="127"/>
+      <c r="B219" s="121"/>
+      <c r="C219" s="68" t="s">
+        <v>216</v>
+      </c>
+      <c r="D219" s="2">
+        <v>6</v>
+      </c>
+      <c r="E219" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="220" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A220" s="127"/>
+      <c r="B220" s="121"/>
+      <c r="C220" s="68" t="s">
+        <v>217</v>
+      </c>
+      <c r="D220" s="2">
+        <v>6</v>
+      </c>
+      <c r="E220" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="221" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A221" s="127"/>
+      <c r="B221" s="121"/>
+      <c r="C221" s="68" t="s">
+        <v>218</v>
+      </c>
+      <c r="D221" s="2">
+        <v>8</v>
+      </c>
+      <c r="E221" s="36">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="222" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A222" s="127"/>
+      <c r="B222" s="121"/>
+      <c r="C222" s="68" t="s">
+        <v>219</v>
+      </c>
+      <c r="D222" s="2">
+        <v>6</v>
+      </c>
+      <c r="E222" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="223" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A223" s="127"/>
+      <c r="B223" s="121"/>
+      <c r="C223" s="68" t="s">
+        <v>220</v>
+      </c>
+      <c r="D223" s="2">
+        <v>8</v>
+      </c>
+      <c r="E223" s="36">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="224" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A224" s="127"/>
+      <c r="B224" s="121"/>
+      <c r="C224" s="68" t="s">
+        <v>221</v>
+      </c>
+      <c r="D224" s="2">
+        <v>8</v>
+      </c>
+      <c r="E224" s="36">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="225" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A225" s="127"/>
+      <c r="B225" s="121"/>
+      <c r="C225" s="68" t="s">
         <v>222</v>
       </c>
-      <c r="D210" s="2">
-[...9 lines deleted...]
-      <c r="C211" s="17" t="s">
+      <c r="D225" s="2">
+        <v>6</v>
+      </c>
+      <c r="E225" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="226" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A226" s="127"/>
+      <c r="B226" s="121"/>
+      <c r="C226" s="68" t="s">
         <v>223</v>
       </c>
-      <c r="D211" s="2">
-[...9 lines deleted...]
-      <c r="C212" s="31" t="s">
+      <c r="D226" s="2">
+        <v>6</v>
+      </c>
+      <c r="E226" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="227" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A227" s="127"/>
+      <c r="B227" s="121"/>
+      <c r="C227" s="74" t="s">
         <v>224</v>
       </c>
-      <c r="D212" s="4">
-[...20 lines deleted...]
-      <c r="A214" s="137" t="s">
+      <c r="D227" s="4">
+        <v>6</v>
+      </c>
+      <c r="E227" s="37">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="228" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A228" s="128"/>
+      <c r="B228" s="122"/>
+      <c r="C228" s="75" t="s">
+        <v>398</v>
+      </c>
+      <c r="D228" s="3">
+        <v>6</v>
+      </c>
+      <c r="E228" s="38">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="229" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A229" s="126" t="s">
         <v>225</v>
       </c>
-      <c r="B214" s="131">
+      <c r="B229" s="120">
         <v>2024</v>
       </c>
-      <c r="C214" s="29" t="s">
+      <c r="C229" s="72" t="s">
         <v>226</v>
       </c>
-      <c r="D214" s="9">
-[...2 lines deleted...]
-      <c r="E214" s="54">
+      <c r="D229" s="9">
+        <v>14</v>
+      </c>
+      <c r="E229" s="35">
         <v>30</v>
       </c>
     </row>
-    <row r="215" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C215" s="17" t="s">
+    <row r="230" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A230" s="127"/>
+      <c r="B230" s="121"/>
+      <c r="C230" s="68" t="s">
         <v>227</v>
       </c>
-      <c r="D215" s="10">
+      <c r="D230" s="10">
         <v>16</v>
       </c>
-      <c r="E215" s="55">
+      <c r="E230" s="36">
         <v>34</v>
       </c>
     </row>
-    <row r="216" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C216" s="17" t="s">
+    <row r="231" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A231" s="127"/>
+      <c r="B231" s="121"/>
+      <c r="C231" s="68" t="s">
         <v>228</v>
       </c>
-      <c r="D216" s="10">
-[...9 lines deleted...]
-      <c r="C217" s="17" t="s">
+      <c r="D231" s="10">
+        <v>6</v>
+      </c>
+      <c r="E231" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="232" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A232" s="127"/>
+      <c r="B232" s="121"/>
+      <c r="C232" s="68" t="s">
         <v>229</v>
       </c>
-      <c r="D217" s="10">
-[...9 lines deleted...]
-      <c r="C218" s="17" t="s">
+      <c r="D232" s="10">
+        <v>6</v>
+      </c>
+      <c r="E232" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="233" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A233" s="127"/>
+      <c r="B233" s="121"/>
+      <c r="C233" s="68" t="s">
         <v>230</v>
       </c>
-      <c r="D218" s="10">
-[...9 lines deleted...]
-      <c r="C219" s="17" t="s">
+      <c r="D233" s="10">
+        <v>6</v>
+      </c>
+      <c r="E233" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="234" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A234" s="127"/>
+      <c r="B234" s="121"/>
+      <c r="C234" s="68" t="s">
         <v>231</v>
       </c>
-      <c r="D219" s="10">
-[...9 lines deleted...]
-      <c r="C220" s="17" t="s">
+      <c r="D234" s="10">
+        <v>6</v>
+      </c>
+      <c r="E234" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="235" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A235" s="127"/>
+      <c r="B235" s="121"/>
+      <c r="C235" s="68" t="s">
         <v>232</v>
       </c>
-      <c r="D220" s="10">
-[...9 lines deleted...]
-      <c r="C221" s="17" t="s">
+      <c r="D235" s="10">
+        <v>6</v>
+      </c>
+      <c r="E235" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="236" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A236" s="127"/>
+      <c r="B236" s="121"/>
+      <c r="C236" s="68" t="s">
         <v>233</v>
       </c>
-      <c r="D221" s="10">
-[...9 lines deleted...]
-      <c r="C222" s="17" t="s">
+      <c r="D236" s="10">
+        <v>6</v>
+      </c>
+      <c r="E236" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="237" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A237" s="127"/>
+      <c r="B237" s="121"/>
+      <c r="C237" s="68" t="s">
         <v>234</v>
       </c>
-      <c r="D222" s="10">
+      <c r="D237" s="10">
         <v>7.5</v>
       </c>
-      <c r="E222" s="55">
+      <c r="E237" s="36">
         <v>17</v>
       </c>
     </row>
-    <row r="223" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C223" s="17" t="s">
+    <row r="238" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A238" s="127"/>
+      <c r="B238" s="121"/>
+      <c r="C238" s="68" t="s">
         <v>235</v>
       </c>
-      <c r="D223" s="10">
+      <c r="D238" s="10">
         <v>8</v>
       </c>
-      <c r="E223" s="55">
+      <c r="E238" s="36">
         <v>18</v>
       </c>
     </row>
-    <row r="224" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C224" s="17" t="s">
+    <row r="239" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A239" s="127"/>
+      <c r="B239" s="121"/>
+      <c r="C239" s="68" t="s">
         <v>236</v>
       </c>
-      <c r="D224" s="10">
+      <c r="D239" s="10">
         <v>6.5</v>
       </c>
-      <c r="E224" s="55">
+      <c r="E239" s="36">
         <v>15</v>
       </c>
     </row>
-    <row r="225" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C225" s="17" t="s">
+    <row r="240" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A240" s="127"/>
+      <c r="B240" s="121"/>
+      <c r="C240" s="68" t="s">
         <v>237</v>
       </c>
-      <c r="D225" s="10">
+      <c r="D240" s="10">
         <v>10</v>
       </c>
-      <c r="E225" s="55">
+      <c r="E240" s="36">
         <v>22</v>
       </c>
     </row>
-    <row r="226" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C226" s="31" t="s">
+    <row r="241" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A241" s="127"/>
+      <c r="B241" s="121"/>
+      <c r="C241" s="74" t="s">
         <v>238</v>
       </c>
-      <c r="D226" s="11">
-[...9 lines deleted...]
-      <c r="C227" s="31" t="s">
+      <c r="D241" s="11">
+        <v>6</v>
+      </c>
+      <c r="E241" s="37">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="242" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A242" s="127"/>
+      <c r="B242" s="121"/>
+      <c r="C242" s="74" t="s">
         <v>239</v>
       </c>
-      <c r="D227" s="11">
+      <c r="D242" s="11">
         <v>8</v>
       </c>
-      <c r="E227" s="56">
+      <c r="E242" s="37">
         <v>18</v>
       </c>
     </row>
-    <row r="228" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C228" s="31" t="s">
+    <row r="243" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A243" s="127"/>
+      <c r="B243" s="121"/>
+      <c r="C243" s="74" t="s">
         <v>240</v>
       </c>
-      <c r="D228" s="11">
+      <c r="D243" s="11">
         <v>12</v>
       </c>
-      <c r="E228" s="56">
+      <c r="E243" s="37">
         <v>26</v>
       </c>
     </row>
-    <row r="229" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C229" s="31" t="s">
+    <row r="244" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A244" s="128"/>
+      <c r="B244" s="122"/>
+      <c r="C244" s="74" t="s">
         <v>241</v>
       </c>
-      <c r="D229" s="15">
+      <c r="D244" s="15">
         <v>18</v>
       </c>
-      <c r="E229" s="57">
+      <c r="E244" s="38">
         <v>35</v>
       </c>
     </row>
-    <row r="230" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A230" s="137" t="s">
+    <row r="245" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+      <c r="A245" s="126" t="s">
         <v>242</v>
       </c>
-      <c r="B230" s="131">
+      <c r="B245" s="120">
         <v>2024</v>
       </c>
-      <c r="C230" s="75" t="s">
+      <c r="C245" s="72" t="s">
         <v>243</v>
       </c>
-      <c r="D230" s="9">
+      <c r="D245" s="9">
         <v>12</v>
       </c>
-      <c r="E230" s="54">
+      <c r="E245" s="35">
         <v>26</v>
       </c>
     </row>
-    <row r="231" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C231" s="17" t="s">
+    <row r="246" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A246" s="127"/>
+      <c r="B246" s="121"/>
+      <c r="C246" s="68" t="s">
         <v>244</v>
       </c>
-      <c r="D231" s="10">
-[...9 lines deleted...]
-      <c r="C232" s="17" t="s">
+      <c r="D246" s="10">
+        <v>6</v>
+      </c>
+      <c r="E246" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="247" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A247" s="127"/>
+      <c r="B247" s="121"/>
+      <c r="C247" s="68" t="s">
         <v>245</v>
       </c>
-      <c r="D232" s="10">
+      <c r="D247" s="10">
         <v>12</v>
       </c>
-      <c r="E232" s="55">
+      <c r="E247" s="36">
         <v>26</v>
       </c>
     </row>
-    <row r="233" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C233" s="17" t="s">
+    <row r="248" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A248" s="127"/>
+      <c r="B248" s="121"/>
+      <c r="C248" s="68" t="s">
         <v>246</v>
       </c>
-      <c r="D233" s="10">
+      <c r="D248" s="10">
         <v>8</v>
       </c>
-      <c r="E233" s="55">
+      <c r="E248" s="36">
         <v>18</v>
       </c>
     </row>
-    <row r="234" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C234" s="17" t="s">
+    <row r="249" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A249" s="127"/>
+      <c r="B249" s="121"/>
+      <c r="C249" s="68" t="s">
         <v>247</v>
       </c>
-      <c r="D234" s="10">
+      <c r="D249" s="10">
         <v>8</v>
       </c>
-      <c r="E234" s="55">
+      <c r="E249" s="36">
         <v>18</v>
       </c>
     </row>
-    <row r="235" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C235" s="17" t="s">
+    <row r="250" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A250" s="127"/>
+      <c r="B250" s="121"/>
+      <c r="C250" s="68" t="s">
         <v>248</v>
       </c>
-      <c r="D235" s="10">
+      <c r="D250" s="10">
         <v>18</v>
       </c>
-      <c r="E235" s="55">
+      <c r="E250" s="36">
         <v>35</v>
       </c>
     </row>
-    <row r="236" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C236" s="17" t="s">
+    <row r="251" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A251" s="127"/>
+      <c r="B251" s="121"/>
+      <c r="C251" s="68" t="s">
         <v>249</v>
       </c>
-      <c r="D236" s="10">
+      <c r="D251" s="10">
         <v>26</v>
       </c>
-      <c r="E236" s="55">
+      <c r="E251" s="36">
         <v>35</v>
       </c>
     </row>
-    <row r="237" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C237" s="17" t="s">
+    <row r="252" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A252" s="127"/>
+      <c r="B252" s="121"/>
+      <c r="C252" s="68" t="s">
         <v>250</v>
-      </c>
-[...205 lines deleted...]
-        <v>268</v>
       </c>
       <c r="D252" s="10">
         <v>18</v>
       </c>
-      <c r="E252" s="55">
+      <c r="E252" s="36">
         <v>35</v>
       </c>
     </row>
-    <row r="253" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C253" s="17" t="s">
+    <row r="253" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A253" s="128"/>
+      <c r="B253" s="122"/>
+      <c r="C253" s="75" t="s">
+        <v>251</v>
+      </c>
+      <c r="D253" s="15">
+        <v>26</v>
+      </c>
+      <c r="E253" s="38">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="254" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A254" s="126" t="s">
+        <v>252</v>
+      </c>
+      <c r="B254" s="120">
+        <v>2024</v>
+      </c>
+      <c r="C254" s="68" t="s">
+        <v>253</v>
+      </c>
+      <c r="D254" s="9">
+        <v>9</v>
+      </c>
+      <c r="E254" s="35">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="255" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A255" s="127"/>
+      <c r="B255" s="121"/>
+      <c r="C255" s="68" t="s">
+        <v>254</v>
+      </c>
+      <c r="D255" s="10">
+        <v>9</v>
+      </c>
+      <c r="E255" s="36">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="256" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A256" s="127"/>
+      <c r="B256" s="121"/>
+      <c r="C256" s="68" t="s">
+        <v>255</v>
+      </c>
+      <c r="D256" s="11">
+        <v>6</v>
+      </c>
+      <c r="E256" s="37">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="257" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A257" s="127"/>
+      <c r="B257" s="121"/>
+      <c r="C257" s="68" t="s">
+        <v>456</v>
+      </c>
+      <c r="D257" s="11">
+        <v>6</v>
+      </c>
+      <c r="E257" s="37">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="258" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A258" s="127"/>
+      <c r="B258" s="121"/>
+      <c r="C258" s="68" t="s">
+        <v>457</v>
+      </c>
+      <c r="D258" s="11">
+        <v>6</v>
+      </c>
+      <c r="E258" s="37">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="259" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A259" s="128"/>
+      <c r="B259" s="122"/>
+      <c r="C259" s="68" t="s">
+        <v>253</v>
+      </c>
+      <c r="D259" s="15">
+        <v>9</v>
+      </c>
+      <c r="E259" s="38">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="260" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A260" s="126" t="s">
+        <v>256</v>
+      </c>
+      <c r="B260" s="120">
+        <v>2024</v>
+      </c>
+      <c r="C260" s="72" t="s">
+        <v>257</v>
+      </c>
+      <c r="D260" s="9">
+        <v>20</v>
+      </c>
+      <c r="E260" s="35">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="261" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A261" s="127"/>
+      <c r="B261" s="121"/>
+      <c r="C261" s="68" t="s">
+        <v>258</v>
+      </c>
+      <c r="D261" s="10">
+        <v>20</v>
+      </c>
+      <c r="E261" s="36">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="262" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A262" s="127"/>
+      <c r="B262" s="121"/>
+      <c r="C262" s="68" t="s">
+        <v>259</v>
+      </c>
+      <c r="D262" s="10">
+        <v>20</v>
+      </c>
+      <c r="E262" s="36">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="263" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A263" s="127"/>
+      <c r="B263" s="121"/>
+      <c r="C263" s="68" t="s">
+        <v>260</v>
+      </c>
+      <c r="D263" s="10">
+        <v>20</v>
+      </c>
+      <c r="E263" s="36">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="264" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A264" s="127"/>
+      <c r="B264" s="121"/>
+      <c r="C264" s="68" t="s">
+        <v>261</v>
+      </c>
+      <c r="D264" s="10">
+        <v>12</v>
+      </c>
+      <c r="E264" s="36">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="265" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A265" s="127"/>
+      <c r="B265" s="121"/>
+      <c r="C265" s="68" t="s">
+        <v>262</v>
+      </c>
+      <c r="D265" s="10">
+        <v>6</v>
+      </c>
+      <c r="E265" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="266" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A266" s="127"/>
+      <c r="B266" s="121"/>
+      <c r="C266" s="68" t="s">
+        <v>263</v>
+      </c>
+      <c r="D266" s="10">
+        <v>6</v>
+      </c>
+      <c r="E266" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="267" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A267" s="127"/>
+      <c r="B267" s="121"/>
+      <c r="C267" s="74" t="s">
+        <v>264</v>
+      </c>
+      <c r="D267" s="10">
+        <v>6</v>
+      </c>
+      <c r="E267" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="268" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A268" s="128"/>
+      <c r="B268" s="122"/>
+      <c r="C268" s="75" t="s">
+        <v>265</v>
+      </c>
+      <c r="D268" s="15">
+        <v>16</v>
+      </c>
+      <c r="E268" s="38">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="269" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A269" s="109" t="s">
+        <v>266</v>
+      </c>
+      <c r="B269" s="120">
+        <v>2024</v>
+      </c>
+      <c r="C269" s="72" t="s">
+        <v>267</v>
+      </c>
+      <c r="D269" s="9">
+        <v>12</v>
+      </c>
+      <c r="E269" s="35">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="270" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A270" s="110"/>
+      <c r="B270" s="121"/>
+      <c r="C270" s="68" t="s">
+        <v>268</v>
+      </c>
+      <c r="D270" s="10">
+        <v>18</v>
+      </c>
+      <c r="E270" s="36">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="271" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A271" s="110"/>
+      <c r="B271" s="121"/>
+      <c r="C271" s="68" t="s">
         <v>269</v>
       </c>
-      <c r="D253" s="10">
+      <c r="D271" s="10">
         <v>26</v>
       </c>
-      <c r="E253" s="55">
+      <c r="E271" s="36">
         <v>35</v>
       </c>
     </row>
-    <row r="254" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C254" s="17" t="s">
+    <row r="272" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A272" s="110"/>
+      <c r="B272" s="121"/>
+      <c r="C272" s="68" t="s">
         <v>270</v>
       </c>
-      <c r="D254" s="10">
+      <c r="D272" s="10">
         <v>18</v>
       </c>
-      <c r="E254" s="55">
+      <c r="E272" s="36">
         <v>35</v>
       </c>
     </row>
-    <row r="255" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C255" s="32" t="s">
+    <row r="273" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A273" s="111"/>
+      <c r="B273" s="122"/>
+      <c r="C273" s="75" t="s">
         <v>271</v>
       </c>
-      <c r="D255" s="15">
+      <c r="D273" s="15">
         <v>26</v>
       </c>
-      <c r="E255" s="57">
+      <c r="E273" s="38">
         <v>35</v>
       </c>
     </row>
-    <row r="256" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A256" s="128" t="s">
+    <row r="274" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A274" s="129" t="s">
         <v>272</v>
       </c>
-      <c r="B256" s="131">
+      <c r="B274" s="120">
         <v>2024</v>
       </c>
-      <c r="C256" s="29" t="s">
+      <c r="C274" s="72" t="s">
         <v>273</v>
       </c>
-      <c r="D256" s="9">
+      <c r="D274" s="9">
         <v>24</v>
       </c>
-      <c r="E256" s="54">
+      <c r="E274" s="35">
         <v>35</v>
       </c>
     </row>
-    <row r="257" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C257" s="17" t="s">
+    <row r="275" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A275" s="130"/>
+      <c r="B275" s="121"/>
+      <c r="C275" s="68" t="s">
         <v>274</v>
       </c>
-      <c r="D257" s="10">
+      <c r="D275" s="10">
         <v>24</v>
       </c>
-      <c r="E257" s="55">
+      <c r="E275" s="36">
         <v>35</v>
       </c>
     </row>
-    <row r="258" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C258" s="17" t="s">
+    <row r="276" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A276" s="130"/>
+      <c r="B276" s="121"/>
+      <c r="C276" s="68" t="s">
         <v>275</v>
       </c>
-      <c r="D258" s="10">
+      <c r="D276" s="10">
         <v>20</v>
       </c>
-      <c r="E258" s="55">
+      <c r="E276" s="36">
         <v>35</v>
       </c>
     </row>
-    <row r="259" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C259" s="17" t="s">
+    <row r="277" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A277" s="130"/>
+      <c r="B277" s="121"/>
+      <c r="C277" s="68" t="s">
         <v>276</v>
       </c>
-      <c r="D259" s="10">
+      <c r="D277" s="10">
         <v>24</v>
       </c>
-      <c r="E259" s="55">
+      <c r="E277" s="36">
         <v>35</v>
       </c>
     </row>
-    <row r="260" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C260" s="17" t="s">
+    <row r="278" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A278" s="130"/>
+      <c r="B278" s="121"/>
+      <c r="C278" s="68" t="s">
         <v>277</v>
       </c>
-      <c r="D260" s="10">
+      <c r="D278" s="10">
         <v>9</v>
       </c>
-      <c r="E260" s="55">
+      <c r="E278" s="36">
         <v>20</v>
       </c>
     </row>
-    <row r="261" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C261" s="17" t="s">
+    <row r="279" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A279" s="130"/>
+      <c r="B279" s="121"/>
+      <c r="C279" s="68" t="s">
         <v>278</v>
       </c>
-      <c r="D261" s="10">
+      <c r="D279" s="10">
         <v>8</v>
       </c>
-      <c r="E261" s="55">
+      <c r="E279" s="36">
         <v>18</v>
       </c>
     </row>
-    <row r="262" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C262" s="17" t="s">
+    <row r="280" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A280" s="130"/>
+      <c r="B280" s="121"/>
+      <c r="C280" s="68" t="s">
         <v>279</v>
       </c>
-      <c r="D262" s="10">
-[...7 lines deleted...]
-      <c r="A263" s="113" t="s">
+      <c r="D280" s="10">
+        <v>6</v>
+      </c>
+      <c r="E280" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="281" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A281" s="131" t="s">
         <v>280</v>
       </c>
-      <c r="B263" s="124">
+      <c r="B281" s="138">
         <v>2024</v>
       </c>
-      <c r="C263" s="34" t="s">
+      <c r="C281" s="78" t="s">
         <v>281</v>
       </c>
-      <c r="D263" s="9">
-[...9 lines deleted...]
-      <c r="C264" s="35" t="s">
+      <c r="D281" s="9">
+        <v>6</v>
+      </c>
+      <c r="E281" s="41">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="282" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A282" s="132"/>
+      <c r="B282" s="139"/>
+      <c r="C282" s="79" t="s">
         <v>282</v>
       </c>
-      <c r="D264" s="10">
+      <c r="D282" s="10">
         <v>10</v>
       </c>
-      <c r="E264" s="61">
+      <c r="E282" s="42">
         <v>22</v>
       </c>
     </row>
-    <row r="265" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C265" s="36" t="s">
+    <row r="283" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A283" s="137"/>
+      <c r="B283" s="140"/>
+      <c r="C283" s="80" t="s">
         <v>283</v>
       </c>
-      <c r="D265" s="11">
+      <c r="D283" s="11">
         <v>15</v>
       </c>
-      <c r="E265" s="63">
+      <c r="E283" s="43">
         <v>32</v>
       </c>
     </row>
-    <row r="266" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C266" s="36" t="s">
+    <row r="284" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A284" s="137"/>
+      <c r="B284" s="140"/>
+      <c r="C284" s="80" t="s">
         <v>284</v>
       </c>
-      <c r="D266" s="11">
+      <c r="D284" s="11">
         <v>20</v>
       </c>
-      <c r="E266" s="63">
+      <c r="E284" s="43">
         <v>35</v>
       </c>
     </row>
-    <row r="267" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C267" s="36" t="s">
+    <row r="285" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A285" s="137"/>
+      <c r="B285" s="140"/>
+      <c r="C285" s="80" t="s">
         <v>285</v>
       </c>
-      <c r="D267" s="11">
+      <c r="D285" s="11">
         <v>24</v>
       </c>
-      <c r="E267" s="63">
+      <c r="E285" s="43">
         <v>35</v>
       </c>
     </row>
-    <row r="268" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C268" s="36" t="s">
+    <row r="286" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A286" s="137"/>
+      <c r="B286" s="140"/>
+      <c r="C286" s="80" t="s">
         <v>286</v>
       </c>
-      <c r="D268" s="11">
+      <c r="D286" s="11">
         <v>20</v>
       </c>
-      <c r="E268" s="63">
+      <c r="E286" s="43">
         <v>35</v>
       </c>
     </row>
-    <row r="269" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C269" s="36" t="s">
+    <row r="287" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A287" s="133"/>
+      <c r="B287" s="141"/>
+      <c r="C287" s="80" t="s">
         <v>287</v>
       </c>
-      <c r="D269" s="15">
+      <c r="D287" s="15">
         <v>24</v>
       </c>
-      <c r="E269" s="62">
+      <c r="E287" s="44">
         <v>35</v>
       </c>
     </row>
-    <row r="270" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A270" s="128" t="s">
+    <row r="288" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A288" s="129" t="s">
         <v>288</v>
       </c>
-      <c r="B270" s="131">
+      <c r="B288" s="120">
         <v>2024</v>
       </c>
-      <c r="C270" s="29" t="s">
+      <c r="C288" s="72" t="s">
         <v>289</v>
       </c>
-      <c r="D270" s="9">
+      <c r="D288" s="9">
         <v>12</v>
       </c>
-      <c r="E270" s="54">
+      <c r="E288" s="35">
         <v>26</v>
       </c>
     </row>
-    <row r="271" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C271" s="17" t="s">
+    <row r="289" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A289" s="130"/>
+      <c r="B289" s="121"/>
+      <c r="C289" s="68" t="s">
         <v>290</v>
       </c>
-      <c r="D271" s="10">
+      <c r="D289" s="10">
         <v>12</v>
       </c>
-      <c r="E271" s="55">
+      <c r="E289" s="36">
         <v>26</v>
       </c>
     </row>
-    <row r="272" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C272" s="17" t="s">
+    <row r="290" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A290" s="130"/>
+      <c r="B290" s="121"/>
+      <c r="C290" s="68" t="s">
         <v>291</v>
       </c>
-      <c r="D272" s="10">
+      <c r="D290" s="10">
         <v>12</v>
       </c>
-      <c r="E272" s="55">
+      <c r="E290" s="36">
         <v>26</v>
       </c>
     </row>
-    <row r="273" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C273" s="17" t="s">
+    <row r="291" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A291" s="130"/>
+      <c r="B291" s="121"/>
+      <c r="C291" s="68" t="s">
         <v>292</v>
       </c>
-      <c r="D273" s="10">
+      <c r="D291" s="10">
         <v>12</v>
       </c>
-      <c r="E273" s="55">
+      <c r="E291" s="36">
         <v>26</v>
       </c>
     </row>
-    <row r="274" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C274" s="17" t="s">
+    <row r="292" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A292" s="130"/>
+      <c r="B292" s="121"/>
+      <c r="C292" s="68" t="s">
         <v>293</v>
       </c>
-      <c r="D274" s="10">
+      <c r="D292" s="10">
         <v>12</v>
       </c>
-      <c r="E274" s="55">
+      <c r="E292" s="36">
         <v>26</v>
       </c>
     </row>
-    <row r="275" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C275" s="17" t="s">
+    <row r="293" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A293" s="130"/>
+      <c r="B293" s="121"/>
+      <c r="C293" s="68" t="s">
         <v>294</v>
       </c>
-      <c r="D275" s="10">
+      <c r="D293" s="10">
         <v>12</v>
       </c>
-      <c r="E275" s="55">
+      <c r="E293" s="36">
         <v>26</v>
       </c>
     </row>
-    <row r="276" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C276" s="17" t="s">
+    <row r="294" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A294" s="130"/>
+      <c r="B294" s="121"/>
+      <c r="C294" s="68" t="s">
+        <v>419</v>
+      </c>
+      <c r="D294" s="10">
+        <v>12</v>
+      </c>
+      <c r="E294" s="36">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="295" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A295" s="130"/>
+      <c r="B295" s="121"/>
+      <c r="C295" s="68" t="s">
+        <v>420</v>
+      </c>
+      <c r="D295" s="10">
+        <v>6</v>
+      </c>
+      <c r="E295" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="296" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A296" s="130"/>
+      <c r="B296" s="121"/>
+      <c r="C296" s="68" t="s">
         <v>295</v>
       </c>
-      <c r="D276" s="10">
+      <c r="D296" s="10">
+        <v>6</v>
+      </c>
+      <c r="E296" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="297" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A297" s="130"/>
+      <c r="B297" s="121"/>
+      <c r="C297" s="68" t="s">
+        <v>296</v>
+      </c>
+      <c r="D297" s="10">
+        <v>6</v>
+      </c>
+      <c r="E297" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="298" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A298" s="130"/>
+      <c r="B298" s="121"/>
+      <c r="C298" s="68" t="s">
+        <v>297</v>
+      </c>
+      <c r="D298" s="10">
+        <v>6</v>
+      </c>
+      <c r="E298" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="299" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A299" s="130"/>
+      <c r="B299" s="121"/>
+      <c r="C299" s="68" t="s">
+        <v>298</v>
+      </c>
+      <c r="D299" s="10">
+        <v>6</v>
+      </c>
+      <c r="E299" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="300" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A300" s="130"/>
+      <c r="B300" s="121"/>
+      <c r="C300" s="68" t="s">
+        <v>299</v>
+      </c>
+      <c r="D300" s="10">
+        <v>6</v>
+      </c>
+      <c r="E300" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="301" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A301" s="130"/>
+      <c r="B301" s="121"/>
+      <c r="C301" s="68" t="s">
+        <v>300</v>
+      </c>
+      <c r="D301" s="10">
+        <v>6</v>
+      </c>
+      <c r="E301" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="302" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A302" s="130"/>
+      <c r="B302" s="121"/>
+      <c r="C302" s="68" t="s">
+        <v>301</v>
+      </c>
+      <c r="D302" s="10">
+        <v>6</v>
+      </c>
+      <c r="E302" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="303" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A303" s="130"/>
+      <c r="B303" s="121"/>
+      <c r="C303" s="68" t="s">
+        <v>302</v>
+      </c>
+      <c r="D303" s="10">
+        <v>6</v>
+      </c>
+      <c r="E303" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="304" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A304" s="130"/>
+      <c r="B304" s="121"/>
+      <c r="C304" s="68" t="s">
+        <v>303</v>
+      </c>
+      <c r="D304" s="10">
+        <v>9</v>
+      </c>
+      <c r="E304" s="36">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="305" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A305" s="130"/>
+      <c r="B305" s="121"/>
+      <c r="C305" s="68" t="s">
+        <v>304</v>
+      </c>
+      <c r="D305" s="10">
+        <v>6</v>
+      </c>
+      <c r="E305" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="306" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A306" s="130"/>
+      <c r="B306" s="121"/>
+      <c r="C306" s="68" t="s">
+        <v>305</v>
+      </c>
+      <c r="D306" s="10">
+        <v>6</v>
+      </c>
+      <c r="E306" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="307" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A307" s="130"/>
+      <c r="B307" s="121"/>
+      <c r="C307" s="68" t="s">
+        <v>306</v>
+      </c>
+      <c r="D307" s="10">
+        <v>6</v>
+      </c>
+      <c r="E307" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="308" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A308" s="130"/>
+      <c r="B308" s="121"/>
+      <c r="C308" s="68" t="s">
+        <v>307</v>
+      </c>
+      <c r="D308" s="10">
+        <v>6</v>
+      </c>
+      <c r="E308" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="309" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A309" s="130"/>
+      <c r="B309" s="121"/>
+      <c r="C309" s="68" t="s">
+        <v>308</v>
+      </c>
+      <c r="D309" s="10">
+        <v>6</v>
+      </c>
+      <c r="E309" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="310" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A310" s="130"/>
+      <c r="B310" s="121"/>
+      <c r="C310" s="68" t="s">
+        <v>309</v>
+      </c>
+      <c r="D310" s="10">
+        <v>6</v>
+      </c>
+      <c r="E310" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="311" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A311" s="130"/>
+      <c r="B311" s="121"/>
+      <c r="C311" s="68" t="s">
+        <v>310</v>
+      </c>
+      <c r="D311" s="10">
+        <v>6</v>
+      </c>
+      <c r="E311" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="312" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A312" s="130"/>
+      <c r="B312" s="121"/>
+      <c r="C312" s="68" t="s">
+        <v>311</v>
+      </c>
+      <c r="D312" s="10">
+        <v>6</v>
+      </c>
+      <c r="E312" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="313" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A313" s="130"/>
+      <c r="B313" s="121"/>
+      <c r="C313" s="68" t="s">
+        <v>312</v>
+      </c>
+      <c r="D313" s="10">
+        <v>6</v>
+      </c>
+      <c r="E313" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="314" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+      <c r="A314" s="130"/>
+      <c r="B314" s="121"/>
+      <c r="C314" s="68" t="s">
+        <v>313</v>
+      </c>
+      <c r="D314" s="10">
+        <v>6</v>
+      </c>
+      <c r="E314" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="315" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A315" s="130"/>
+      <c r="B315" s="121"/>
+      <c r="C315" s="68" t="s">
+        <v>314</v>
+      </c>
+      <c r="D315" s="10">
+        <v>6</v>
+      </c>
+      <c r="E315" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="316" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+      <c r="A316" s="130"/>
+      <c r="B316" s="121"/>
+      <c r="C316" s="70" t="s">
+        <v>315</v>
+      </c>
+      <c r="D316" s="11">
+        <v>9</v>
+      </c>
+      <c r="E316" s="37">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="317" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+      <c r="A317" s="130"/>
+      <c r="B317" s="121"/>
+      <c r="C317" s="77" t="s">
+        <v>402</v>
+      </c>
+      <c r="D317" s="11">
+        <v>6</v>
+      </c>
+      <c r="E317" s="37">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="318" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A318" s="130"/>
+      <c r="B318" s="121"/>
+      <c r="C318" s="74" t="s">
+        <v>403</v>
+      </c>
+      <c r="D318" s="11">
+        <v>6</v>
+      </c>
+      <c r="E318" s="37">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="319" spans="1:5" ht="24" x14ac:dyDescent="0.25">
+      <c r="A319" s="130"/>
+      <c r="B319" s="121"/>
+      <c r="C319" s="74" t="s">
+        <v>404</v>
+      </c>
+      <c r="D319" s="11">
+        <v>6</v>
+      </c>
+      <c r="E319" s="37">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="320" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A320" s="130"/>
+      <c r="B320" s="121"/>
+      <c r="C320" s="74" t="s">
+        <v>405</v>
+      </c>
+      <c r="D320" s="11">
+        <v>6</v>
+      </c>
+      <c r="E320" s="37">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="321" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A321" s="130"/>
+      <c r="B321" s="121"/>
+      <c r="C321" s="74" t="s">
+        <v>406</v>
+      </c>
+      <c r="D321" s="11">
+        <v>6</v>
+      </c>
+      <c r="E321" s="37">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="322" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A322" s="130"/>
+      <c r="B322" s="121"/>
+      <c r="C322" s="74" t="s">
+        <v>407</v>
+      </c>
+      <c r="D322" s="11">
+        <v>6</v>
+      </c>
+      <c r="E322" s="37">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="323" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A323" s="142"/>
+      <c r="B323" s="122"/>
+      <c r="C323" s="81" t="s">
+        <v>408</v>
+      </c>
+      <c r="D323" s="15">
+        <v>8</v>
+      </c>
+      <c r="E323" s="38">
         <v>18</v>
       </c>
-      <c r="E276" s="55">
+    </row>
+    <row r="324" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A324" s="61" t="s">
+        <v>350</v>
+      </c>
+      <c r="B324" s="99">
+        <v>2024</v>
+      </c>
+      <c r="C324" s="82" t="s">
+        <v>316</v>
+      </c>
+      <c r="D324" s="16">
+        <v>24</v>
+      </c>
+      <c r="E324" s="40">
         <v>35</v>
       </c>
     </row>
-    <row r="277" spans="1:5" x14ac:dyDescent="0.25">
-[...109 lines deleted...]
-      <c r="D285" s="10">
+    <row r="325" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A325" s="131" t="s">
+        <v>351</v>
+      </c>
+      <c r="B325" s="134">
+        <v>2024</v>
+      </c>
+      <c r="C325" s="83" t="s">
+        <v>317</v>
+      </c>
+      <c r="D325" s="9">
+        <v>18</v>
+      </c>
+      <c r="E325" s="35">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="326" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A326" s="132"/>
+      <c r="B326" s="135"/>
+      <c r="C326" s="84" t="s">
+        <v>318</v>
+      </c>
+      <c r="D326" s="10">
+        <v>18</v>
+      </c>
+      <c r="E326" s="36">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="327" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A327" s="132"/>
+      <c r="B327" s="135"/>
+      <c r="C327" s="84" t="s">
+        <v>319</v>
+      </c>
+      <c r="D327" s="10">
+        <v>6</v>
+      </c>
+      <c r="E327" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="328" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A328" s="132"/>
+      <c r="B328" s="135"/>
+      <c r="C328" s="84" t="s">
+        <v>320</v>
+      </c>
+      <c r="D328" s="10">
+        <v>6</v>
+      </c>
+      <c r="E328" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="329" spans="1:5" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A329" s="133"/>
+      <c r="B329" s="136"/>
+      <c r="C329" s="85" t="s">
+        <v>321</v>
+      </c>
+      <c r="D329" s="15">
+        <v>12</v>
+      </c>
+      <c r="E329" s="38">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="330" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A330" s="147" t="s">
+        <v>352</v>
+      </c>
+      <c r="B330" s="134">
+        <v>2024</v>
+      </c>
+      <c r="C330" s="83" t="s">
+        <v>322</v>
+      </c>
+      <c r="D330" s="9">
+        <v>4</v>
+      </c>
+      <c r="E330" s="35">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="331" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A331" s="148"/>
+      <c r="B331" s="135"/>
+      <c r="C331" s="84" t="s">
+        <v>323</v>
+      </c>
+      <c r="D331" s="10">
+        <v>6</v>
+      </c>
+      <c r="E331" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="332" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A332" s="148"/>
+      <c r="B332" s="135"/>
+      <c r="C332" s="84" t="s">
+        <v>324</v>
+      </c>
+      <c r="D332" s="10">
+        <v>8</v>
+      </c>
+      <c r="E332" s="36">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="333" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A333" s="148"/>
+      <c r="B333" s="135"/>
+      <c r="C333" s="84" t="s">
+        <v>325</v>
+      </c>
+      <c r="D333" s="10">
+        <v>6</v>
+      </c>
+      <c r="E333" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="334" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A334" s="148"/>
+      <c r="B334" s="135"/>
+      <c r="C334" s="84" t="s">
+        <v>326</v>
+      </c>
+      <c r="D334" s="10">
+        <v>16</v>
+      </c>
+      <c r="E334" s="36">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="335" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A335" s="148"/>
+      <c r="B335" s="135"/>
+      <c r="C335" s="84" t="s">
+        <v>327</v>
+      </c>
+      <c r="D335" s="10">
+        <v>4</v>
+      </c>
+      <c r="E335" s="36">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="336" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A336" s="148"/>
+      <c r="B336" s="135"/>
+      <c r="C336" s="84" t="s">
+        <v>328</v>
+      </c>
+      <c r="D336" s="10">
+        <v>6</v>
+      </c>
+      <c r="E336" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="337" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A337" s="148"/>
+      <c r="B337" s="135"/>
+      <c r="C337" s="84" t="s">
+        <v>329</v>
+      </c>
+      <c r="D337" s="10">
+        <v>8</v>
+      </c>
+      <c r="E337" s="36">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="338" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A338" s="148"/>
+      <c r="B338" s="135"/>
+      <c r="C338" s="84" t="s">
+        <v>330</v>
+      </c>
+      <c r="D338" s="10">
+        <v>6</v>
+      </c>
+      <c r="E338" s="36">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="339" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A339" s="148"/>
+      <c r="B339" s="135"/>
+      <c r="C339" s="84" t="s">
+        <v>331</v>
+      </c>
+      <c r="D339" s="10">
+        <v>16</v>
+      </c>
+      <c r="E339" s="36">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="340" spans="1:5" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A340" s="149"/>
+      <c r="B340" s="136"/>
+      <c r="C340" s="85" t="s">
+        <v>332</v>
+      </c>
+      <c r="D340" s="15">
+        <v>13</v>
+      </c>
+      <c r="E340" s="38">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="341" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A341" s="131" t="s">
+        <v>353</v>
+      </c>
+      <c r="B341" s="134">
+        <v>2024</v>
+      </c>
+      <c r="C341" s="86" t="s">
+        <v>333</v>
+      </c>
+      <c r="D341" s="9">
         <v>9</v>
       </c>
-      <c r="E285" s="55">
+      <c r="E341" s="35">
         <v>20</v>
       </c>
     </row>
-    <row r="286" spans="1:5" x14ac:dyDescent="0.25">
-[...486 lines deleted...]
-      <c r="C322" s="40" t="s">
+    <row r="342" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A342" s="132"/>
+      <c r="B342" s="135"/>
+      <c r="C342" s="87" t="s">
         <v>334</v>
-      </c>
-[...266 lines deleted...]
-        <v>361</v>
       </c>
       <c r="D342" s="10">
         <v>9</v>
       </c>
-      <c r="E342" s="83">
+      <c r="E342" s="36">
         <v>20</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A343" s="104"/>
-[...1 lines deleted...]
-      <c r="C343" s="74" t="s">
+      <c r="A343" s="132"/>
+      <c r="B343" s="135"/>
+      <c r="C343" s="87" t="s">
+        <v>335</v>
+      </c>
+      <c r="D343" s="10">
+        <v>12</v>
+      </c>
+      <c r="E343" s="36">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="344" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A344" s="132"/>
+      <c r="B344" s="135"/>
+      <c r="C344" s="87" t="s">
+        <v>336</v>
+      </c>
+      <c r="D344" s="10">
+        <v>12</v>
+      </c>
+      <c r="E344" s="36">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="345" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A345" s="132"/>
+      <c r="B345" s="135"/>
+      <c r="C345" s="87" t="s">
+        <v>409</v>
+      </c>
+      <c r="D345" s="10">
+        <v>38</v>
+      </c>
+      <c r="E345" s="36">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="346" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A346" s="132"/>
+      <c r="B346" s="135"/>
+      <c r="C346" s="87" t="s">
+        <v>337</v>
+      </c>
+      <c r="D346" s="10">
+        <v>5</v>
+      </c>
+      <c r="E346" s="36">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="347" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A347" s="137"/>
+      <c r="B347" s="150"/>
+      <c r="C347" s="88" t="s">
+        <v>338</v>
+      </c>
+      <c r="D347" s="11">
+        <v>5</v>
+      </c>
+      <c r="E347" s="37">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="348" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A348" s="137"/>
+      <c r="B348" s="150"/>
+      <c r="C348" s="88" t="s">
+        <v>339</v>
+      </c>
+      <c r="D348" s="11">
+        <v>6</v>
+      </c>
+      <c r="E348" s="37">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="349" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A349" s="137"/>
+      <c r="B349" s="150"/>
+      <c r="C349" s="88" t="s">
+        <v>410</v>
+      </c>
+      <c r="D349" s="11">
+        <v>6</v>
+      </c>
+      <c r="E349" s="37">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="350" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A350" s="133"/>
+      <c r="B350" s="136"/>
+      <c r="C350" s="89" t="s">
+        <v>411</v>
+      </c>
+      <c r="D350" s="15">
+        <v>6</v>
+      </c>
+      <c r="E350" s="38">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="351" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A351" s="151" t="s">
+        <v>354</v>
+      </c>
+      <c r="B351" s="134">
+        <v>2024</v>
+      </c>
+      <c r="C351" s="90" t="s">
+        <v>340</v>
+      </c>
+      <c r="D351" s="9">
+        <v>12</v>
+      </c>
+      <c r="E351" s="45">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="352" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A352" s="152"/>
+      <c r="B352" s="135"/>
+      <c r="C352" s="91" t="s">
+        <v>341</v>
+      </c>
+      <c r="D352" s="10">
+        <v>20</v>
+      </c>
+      <c r="E352" s="36">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="353" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A353" s="152"/>
+      <c r="B353" s="135"/>
+      <c r="C353" s="91" t="s">
+        <v>342</v>
+      </c>
+      <c r="D353" s="10">
+        <v>24</v>
+      </c>
+      <c r="E353" s="36">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="354" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A354" s="152"/>
+      <c r="B354" s="135"/>
+      <c r="C354" s="91" t="s">
+        <v>343</v>
+      </c>
+      <c r="D354" s="10">
+        <v>18</v>
+      </c>
+      <c r="E354" s="36">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="355" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A355" s="152"/>
+      <c r="B355" s="135"/>
+      <c r="C355" s="91" t="s">
+        <v>344</v>
+      </c>
+      <c r="D355" s="10">
+        <v>24</v>
+      </c>
+      <c r="E355" s="36">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="356" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A356" s="152"/>
+      <c r="B356" s="135"/>
+      <c r="C356" s="91" t="s">
+        <v>345</v>
+      </c>
+      <c r="D356" s="11">
+        <v>12</v>
+      </c>
+      <c r="E356" s="36">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="357" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A357" s="152"/>
+      <c r="B357" s="135"/>
+      <c r="C357" s="91" t="s">
+        <v>346</v>
+      </c>
+      <c r="D357" s="10">
+        <v>12</v>
+      </c>
+      <c r="E357" s="36">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="358" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A358" s="152"/>
+      <c r="B358" s="135"/>
+      <c r="C358" s="91" t="s">
+        <v>347</v>
+      </c>
+      <c r="D358" s="14">
+        <v>9</v>
+      </c>
+      <c r="E358" s="36">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="359" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A359" s="153"/>
+      <c r="B359" s="136"/>
+      <c r="C359" s="92" t="s">
+        <v>348</v>
+      </c>
+      <c r="D359" s="15">
+        <v>6</v>
+      </c>
+      <c r="E359" s="46">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="360" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A360" s="143" t="s">
+        <v>355</v>
+      </c>
+      <c r="B360" s="145">
+        <v>2024</v>
+      </c>
+      <c r="C360" s="72" t="s">
+        <v>356</v>
+      </c>
+      <c r="D360" s="9">
+        <v>12</v>
+      </c>
+      <c r="E360" s="47">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="361" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A361" s="144"/>
+      <c r="B361" s="146"/>
+      <c r="C361" s="68" t="s">
+        <v>357</v>
+      </c>
+      <c r="D361" s="10">
+        <v>8</v>
+      </c>
+      <c r="E361" s="48">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="362" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A362" s="144"/>
+      <c r="B362" s="146"/>
+      <c r="C362" s="68" t="s">
+        <v>358</v>
+      </c>
+      <c r="D362" s="10">
+        <v>12</v>
+      </c>
+      <c r="E362" s="48">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="363" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A363" s="144"/>
+      <c r="B363" s="146"/>
+      <c r="C363" s="68" t="s">
+        <v>359</v>
+      </c>
+      <c r="D363" s="10">
+        <v>18</v>
+      </c>
+      <c r="E363" s="48">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="364" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A364" s="144"/>
+      <c r="B364" s="146"/>
+      <c r="C364" s="68" t="s">
+        <v>360</v>
+      </c>
+      <c r="D364" s="10">
+        <v>9</v>
+      </c>
+      <c r="E364" s="48">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="365" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A365" s="144"/>
+      <c r="B365" s="146"/>
+      <c r="C365" s="68" t="s">
+        <v>361</v>
+      </c>
+      <c r="D365" s="10">
+        <v>11</v>
+      </c>
+      <c r="E365" s="48">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="366" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A366" s="144"/>
+      <c r="B366" s="146"/>
+      <c r="C366" s="68" t="s">
         <v>362</v>
       </c>
-      <c r="D343" s="10">
+      <c r="D366" s="10">
+        <v>18</v>
+      </c>
+      <c r="E366" s="48">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="367" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A367" s="144"/>
+      <c r="B367" s="146"/>
+      <c r="C367" s="68" t="s">
+        <v>363</v>
+      </c>
+      <c r="D367" s="10">
+        <v>12</v>
+      </c>
+      <c r="E367" s="48">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="368" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A368" s="144"/>
+      <c r="B368" s="146"/>
+      <c r="C368" s="68" t="s">
+        <v>364</v>
+      </c>
+      <c r="D368" s="10">
+        <v>12</v>
+      </c>
+      <c r="E368" s="48">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="369" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A369" s="144"/>
+      <c r="B369" s="146"/>
+      <c r="C369" s="68" t="s">
+        <v>365</v>
+      </c>
+      <c r="D369" s="10">
+        <v>18</v>
+      </c>
+      <c r="E369" s="48">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="370" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A370" s="144"/>
+      <c r="B370" s="146"/>
+      <c r="C370" s="68" t="s">
+        <v>366</v>
+      </c>
+      <c r="D370" s="10">
+        <v>6</v>
+      </c>
+      <c r="E370" s="48">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="371" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A371" s="144"/>
+      <c r="B371" s="146"/>
+      <c r="C371" s="68" t="s">
+        <v>367</v>
+      </c>
+      <c r="D371" s="10">
+        <v>24</v>
+      </c>
+      <c r="E371" s="48">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="372" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A372" s="144"/>
+      <c r="B372" s="146"/>
+      <c r="C372" s="74" t="s">
+        <v>368</v>
+      </c>
+      <c r="D372" s="11">
+        <v>12</v>
+      </c>
+      <c r="E372" s="49">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="373" spans="1:5" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A373" s="165" t="s">
+        <v>395</v>
+      </c>
+      <c r="B373" s="164">
+        <v>2024</v>
+      </c>
+      <c r="C373" s="93" t="s">
+        <v>369</v>
+      </c>
+      <c r="D373" s="22">
+        <v>6</v>
+      </c>
+      <c r="E373" s="50">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="374" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A374" s="166"/>
+      <c r="B374" s="163"/>
+      <c r="C374" s="94" t="s">
+        <v>370</v>
+      </c>
+      <c r="D374" s="21">
+        <v>6</v>
+      </c>
+      <c r="E374" s="48">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="375" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A375" s="166"/>
+      <c r="B375" s="163"/>
+      <c r="C375" s="94" t="s">
+        <v>371</v>
+      </c>
+      <c r="D375" s="21">
+        <v>6</v>
+      </c>
+      <c r="E375" s="48">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="376" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A376" s="166"/>
+      <c r="B376" s="163"/>
+      <c r="C376" s="94" t="s">
+        <v>372</v>
+      </c>
+      <c r="D376" s="21">
+        <v>6</v>
+      </c>
+      <c r="E376" s="48">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="377" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A377" s="166"/>
+      <c r="B377" s="163"/>
+      <c r="C377" s="94" t="s">
+        <v>373</v>
+      </c>
+      <c r="D377" s="21">
+        <v>6</v>
+      </c>
+      <c r="E377" s="48">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="378" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A378" s="166"/>
+      <c r="B378" s="163"/>
+      <c r="C378" s="94" t="s">
+        <v>374</v>
+      </c>
+      <c r="D378" s="21">
+        <v>12</v>
+      </c>
+      <c r="E378" s="48">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="379" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A379" s="166"/>
+      <c r="B379" s="163"/>
+      <c r="C379" s="94" t="s">
+        <v>375</v>
+      </c>
+      <c r="D379" s="21">
+        <v>12</v>
+      </c>
+      <c r="E379" s="48">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="380" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A380" s="166"/>
+      <c r="B380" s="163"/>
+      <c r="C380" s="94" t="s">
+        <v>376</v>
+      </c>
+      <c r="D380" s="21">
+        <v>6</v>
+      </c>
+      <c r="E380" s="48">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="381" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A381" s="166"/>
+      <c r="B381" s="163"/>
+      <c r="C381" s="94" t="s">
+        <v>377</v>
+      </c>
+      <c r="D381" s="21">
+        <v>6</v>
+      </c>
+      <c r="E381" s="48">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="382" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A382" s="166"/>
+      <c r="B382" s="163"/>
+      <c r="C382" s="94" t="s">
+        <v>378</v>
+      </c>
+      <c r="D382" s="21">
+        <v>6</v>
+      </c>
+      <c r="E382" s="48">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="383" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A383" s="166"/>
+      <c r="B383" s="163"/>
+      <c r="C383" s="94" t="s">
+        <v>379</v>
+      </c>
+      <c r="D383" s="21">
+        <v>6</v>
+      </c>
+      <c r="E383" s="48">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="384" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A384" s="166"/>
+      <c r="B384" s="163"/>
+      <c r="C384" s="94" t="s">
+        <v>380</v>
+      </c>
+      <c r="D384" s="21">
+        <v>12</v>
+      </c>
+      <c r="E384" s="48">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="385" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A385" s="166"/>
+      <c r="B385" s="163"/>
+      <c r="C385" s="94" t="s">
+        <v>381</v>
+      </c>
+      <c r="D385" s="21">
+        <v>12</v>
+      </c>
+      <c r="E385" s="48">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="386" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A386" s="166"/>
+      <c r="B386" s="163"/>
+      <c r="C386" s="94" t="s">
+        <v>382</v>
+      </c>
+      <c r="D386" s="21">
+        <v>6</v>
+      </c>
+      <c r="E386" s="48">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="387" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A387" s="166"/>
+      <c r="B387" s="163"/>
+      <c r="C387" s="94" t="s">
+        <v>383</v>
+      </c>
+      <c r="D387" s="21">
+        <v>14</v>
+      </c>
+      <c r="E387" s="48">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="388" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A388" s="166"/>
+      <c r="B388" s="163"/>
+      <c r="C388" s="94" t="s">
+        <v>384</v>
+      </c>
+      <c r="D388" s="21">
+        <v>24</v>
+      </c>
+      <c r="E388" s="48">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="389" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A389" s="166"/>
+      <c r="B389" s="163"/>
+      <c r="C389" s="94" t="s">
+        <v>385</v>
+      </c>
+      <c r="D389" s="21">
+        <v>6</v>
+      </c>
+      <c r="E389" s="48">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="390" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A390" s="166"/>
+      <c r="B390" s="163"/>
+      <c r="C390" s="94" t="s">
+        <v>386</v>
+      </c>
+      <c r="D390" s="21">
+        <v>14</v>
+      </c>
+      <c r="E390" s="48">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="391" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A391" s="166"/>
+      <c r="B391" s="163"/>
+      <c r="C391" s="94" t="s">
+        <v>387</v>
+      </c>
+      <c r="D391" s="21">
+        <v>24</v>
+      </c>
+      <c r="E391" s="48">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="392" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A392" s="166"/>
+      <c r="B392" s="163"/>
+      <c r="C392" s="94" t="s">
+        <v>388</v>
+      </c>
+      <c r="D392" s="23">
+        <v>6</v>
+      </c>
+      <c r="E392" s="48">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="393" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A393" s="166"/>
+      <c r="B393" s="163"/>
+      <c r="C393" s="94" t="s">
+        <v>389</v>
+      </c>
+      <c r="D393" s="23">
+        <v>14</v>
+      </c>
+      <c r="E393" s="48">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="394" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A394" s="166"/>
+      <c r="B394" s="163"/>
+      <c r="C394" s="94" t="s">
+        <v>390</v>
+      </c>
+      <c r="D394" s="23">
+        <v>24</v>
+      </c>
+      <c r="E394" s="48">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="395" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A395" s="166"/>
+      <c r="B395" s="163"/>
+      <c r="C395" s="94" t="s">
+        <v>391</v>
+      </c>
+      <c r="D395" s="23">
+        <v>14</v>
+      </c>
+      <c r="E395" s="48">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="396" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A396" s="166"/>
+      <c r="B396" s="163"/>
+      <c r="C396" s="94" t="s">
+        <v>392</v>
+      </c>
+      <c r="D396" s="23">
+        <v>24</v>
+      </c>
+      <c r="E396" s="48">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="397" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A397" s="166"/>
+      <c r="B397" s="163"/>
+      <c r="C397" s="94" t="s">
+        <v>393</v>
+      </c>
+      <c r="D397" s="23">
+        <v>14</v>
+      </c>
+      <c r="E397" s="48">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="398" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A398" s="166"/>
+      <c r="B398" s="163"/>
+      <c r="C398" s="94" t="s">
+        <v>394</v>
+      </c>
+      <c r="D398" s="23">
+        <v>14</v>
+      </c>
+      <c r="E398" s="51">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="399" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A399" s="160" t="s">
+        <v>442</v>
+      </c>
+      <c r="B399" s="162">
+        <v>2025</v>
+      </c>
+      <c r="C399" s="95" t="s">
+        <v>424</v>
+      </c>
+      <c r="D399" s="26">
+        <v>5</v>
+      </c>
+      <c r="E399" s="52">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="400" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A400" s="161"/>
+      <c r="B400" s="163"/>
+      <c r="C400" s="96" t="s">
+        <v>425</v>
+      </c>
+      <c r="D400" s="27">
+        <v>6</v>
+      </c>
+      <c r="E400" s="53">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="401" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A401" s="161"/>
+      <c r="B401" s="163"/>
+      <c r="C401" s="96" t="s">
+        <v>426</v>
+      </c>
+      <c r="D401" s="27">
+        <v>6</v>
+      </c>
+      <c r="E401" s="53">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="402" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A402" s="161"/>
+      <c r="B402" s="163"/>
+      <c r="C402" s="96" t="s">
+        <v>427</v>
+      </c>
+      <c r="D402" s="27">
+        <v>21</v>
+      </c>
+      <c r="E402" s="53">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="403" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A403" s="161"/>
+      <c r="B403" s="163"/>
+      <c r="C403" s="96" t="s">
+        <v>428</v>
+      </c>
+      <c r="D403" s="27">
+        <v>4.5</v>
+      </c>
+      <c r="E403" s="53">
         <v>11</v>
       </c>
-      <c r="E343" s="83">
+    </row>
+    <row r="404" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A404" s="161"/>
+      <c r="B404" s="163"/>
+      <c r="C404" s="96" t="s">
+        <v>429</v>
+      </c>
+      <c r="D404" s="27">
+        <v>6</v>
+      </c>
+      <c r="E404" s="53">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="405" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A405" s="161"/>
+      <c r="B405" s="163"/>
+      <c r="C405" s="96" t="s">
+        <v>430</v>
+      </c>
+      <c r="D405" s="27">
+        <v>6</v>
+      </c>
+      <c r="E405" s="53">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="406" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A406" s="161"/>
+      <c r="B406" s="163"/>
+      <c r="C406" s="96" t="s">
+        <v>431</v>
+      </c>
+      <c r="D406" s="27">
+        <v>21.5</v>
+      </c>
+      <c r="E406" s="53">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="407" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A407" s="161"/>
+      <c r="B407" s="163"/>
+      <c r="C407" s="96" t="s">
+        <v>432</v>
+      </c>
+      <c r="D407" s="27">
+        <v>6</v>
+      </c>
+      <c r="E407" s="53">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="408" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A408" s="161"/>
+      <c r="B408" s="163"/>
+      <c r="C408" s="96" t="s">
+        <v>433</v>
+      </c>
+      <c r="D408" s="27">
+        <v>6</v>
+      </c>
+      <c r="E408" s="53">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="409" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A409" s="161"/>
+      <c r="B409" s="163"/>
+      <c r="C409" s="96" t="s">
+        <v>434</v>
+      </c>
+      <c r="D409" s="27">
+        <v>12</v>
+      </c>
+      <c r="E409" s="53">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="410" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A410" s="161"/>
+      <c r="B410" s="163"/>
+      <c r="C410" s="96" t="s">
+        <v>435</v>
+      </c>
+      <c r="D410" s="27">
+        <v>10</v>
+      </c>
+      <c r="E410" s="53">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="411" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A411" s="161"/>
+      <c r="B411" s="163"/>
+      <c r="C411" s="96" t="s">
+        <v>436</v>
+      </c>
+      <c r="D411" s="27">
+        <v>6</v>
+      </c>
+      <c r="E411" s="53">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="412" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A412" s="161"/>
+      <c r="B412" s="163"/>
+      <c r="C412" s="96" t="s">
+        <v>437</v>
+      </c>
+      <c r="D412" s="27">
+        <v>12</v>
+      </c>
+      <c r="E412" s="53">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="413" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A413" s="161"/>
+      <c r="B413" s="163"/>
+      <c r="C413" s="96" t="s">
+        <v>438</v>
+      </c>
+      <c r="D413" s="27">
+        <v>12</v>
+      </c>
+      <c r="E413" s="53">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="414" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A414" s="161"/>
+      <c r="B414" s="163"/>
+      <c r="C414" s="96" t="s">
+        <v>439</v>
+      </c>
+      <c r="D414" s="27">
+        <v>6</v>
+      </c>
+      <c r="E414" s="53">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="415" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A415" s="161"/>
+      <c r="B415" s="163"/>
+      <c r="C415" s="96" t="s">
+        <v>440</v>
+      </c>
+      <c r="D415" s="27">
+        <v>3</v>
+      </c>
+      <c r="E415" s="53">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="416" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A416" s="161"/>
+      <c r="B416" s="163"/>
+      <c r="C416" s="97" t="s">
+        <v>441</v>
+      </c>
+      <c r="D416" s="54">
+        <v>9</v>
+      </c>
+      <c r="E416" s="55">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="417" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A417" s="157" t="s">
+        <v>448</v>
+      </c>
+      <c r="B417" s="154">
+        <v>2025</v>
+      </c>
+      <c r="C417" s="95" t="s">
+        <v>443</v>
+      </c>
+      <c r="D417" s="58">
+        <v>8</v>
+      </c>
+      <c r="E417" s="56">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="418" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A418" s="158"/>
+      <c r="B418" s="155"/>
+      <c r="C418" s="96" t="s">
+        <v>444</v>
+      </c>
+      <c r="D418" s="59">
+        <v>12</v>
+      </c>
+      <c r="E418" s="57">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="419" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A419" s="158"/>
+      <c r="B419" s="155"/>
+      <c r="C419" s="96" t="s">
+        <v>445</v>
+      </c>
+      <c r="D419" s="59">
         <v>24</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="D344" s="10">
+      <c r="E419" s="57">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="420" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A420" s="158"/>
+      <c r="B420" s="155"/>
+      <c r="C420" s="96" t="s">
+        <v>446</v>
+      </c>
+      <c r="D420" s="59">
+        <v>8</v>
+      </c>
+      <c r="E420" s="57">
         <v>18</v>
       </c>
-      <c r="E344" s="83">
+    </row>
+    <row r="421" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A421" s="158"/>
+      <c r="B421" s="155"/>
+      <c r="C421" s="96" t="s">
+        <v>444</v>
+      </c>
+      <c r="D421" s="59">
+        <v>12</v>
+      </c>
+      <c r="E421" s="57">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="422" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A422" s="158"/>
+      <c r="B422" s="155"/>
+      <c r="C422" s="96" t="s">
+        <v>445</v>
+      </c>
+      <c r="D422" s="59">
+        <v>24</v>
+      </c>
+      <c r="E422" s="57">
         <v>35</v>
       </c>
     </row>
-    <row r="345" spans="1:5" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D345" s="10">
+    <row r="423" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A423" s="159"/>
+      <c r="B423" s="156"/>
+      <c r="C423" s="97" t="s">
+        <v>447</v>
+      </c>
+      <c r="D423" s="100">
+        <v>9</v>
+      </c>
+      <c r="E423" s="101">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="424" spans="1:5" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A424" s="106" t="s">
+        <v>454</v>
+      </c>
+      <c r="B424" s="102">
+        <v>2025</v>
+      </c>
+      <c r="C424" s="103" t="s">
+        <v>455</v>
+      </c>
+      <c r="D424" s="104">
         <v>12</v>
       </c>
-      <c r="E345" s="83">
+      <c r="E424" s="105">
         <v>26</v>
       </c>
     </row>
-    <row r="346" spans="1:5" x14ac:dyDescent="0.25">
-[...406 lines deleted...]
-    <row r="377" spans="1:5" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells count="60">
+  <mergeCells count="64">
+    <mergeCell ref="B417:B423"/>
+    <mergeCell ref="A417:A423"/>
+    <mergeCell ref="A399:A416"/>
+    <mergeCell ref="B399:B416"/>
+    <mergeCell ref="B373:B398"/>
+    <mergeCell ref="A373:A398"/>
+    <mergeCell ref="A360:A372"/>
+    <mergeCell ref="B360:B372"/>
+    <mergeCell ref="A330:A340"/>
+    <mergeCell ref="B330:B340"/>
+    <mergeCell ref="A341:A350"/>
+    <mergeCell ref="B341:B350"/>
+    <mergeCell ref="A351:A359"/>
+    <mergeCell ref="B351:B359"/>
+    <mergeCell ref="A325:A329"/>
+    <mergeCell ref="B325:B329"/>
+    <mergeCell ref="A281:A287"/>
+    <mergeCell ref="B281:B287"/>
+    <mergeCell ref="A288:A323"/>
+    <mergeCell ref="B288:B323"/>
+    <mergeCell ref="A269:A273"/>
+    <mergeCell ref="B269:B273"/>
+    <mergeCell ref="A274:A280"/>
+    <mergeCell ref="B274:B280"/>
+    <mergeCell ref="A245:A253"/>
+    <mergeCell ref="B245:B253"/>
+    <mergeCell ref="A254:A259"/>
+    <mergeCell ref="B254:B259"/>
+    <mergeCell ref="A260:A268"/>
+    <mergeCell ref="B260:B268"/>
+    <mergeCell ref="A186:A205"/>
+    <mergeCell ref="B186:B205"/>
+    <mergeCell ref="A206:A228"/>
+    <mergeCell ref="B206:B228"/>
+    <mergeCell ref="A229:A244"/>
+    <mergeCell ref="B229:B244"/>
+    <mergeCell ref="A140:A169"/>
+    <mergeCell ref="B140:B169"/>
+    <mergeCell ref="A170:A174"/>
+    <mergeCell ref="B170:B174"/>
+    <mergeCell ref="A175:A185"/>
+    <mergeCell ref="B175:B185"/>
+    <mergeCell ref="A111:A127"/>
+    <mergeCell ref="B111:B127"/>
+    <mergeCell ref="A129:A139"/>
+    <mergeCell ref="B129:B139"/>
+    <mergeCell ref="A81:A88"/>
+    <mergeCell ref="B81:B88"/>
+    <mergeCell ref="A89:A99"/>
+    <mergeCell ref="B89:B99"/>
+    <mergeCell ref="A100:A110"/>
+    <mergeCell ref="B100:B110"/>
+    <mergeCell ref="A27:A38"/>
+    <mergeCell ref="B27:B38"/>
+    <mergeCell ref="A39:A44"/>
+    <mergeCell ref="B39:B44"/>
+    <mergeCell ref="A45:A80"/>
+    <mergeCell ref="B45:B80"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A4:A12"/>
     <mergeCell ref="B4:B12"/>
     <mergeCell ref="A13:A26"/>
     <mergeCell ref="B13:B26"/>
-    <mergeCell ref="A27:A38"/>
-[...52 lines deleted...]
-    <mergeCell ref="B329:B337"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A4:A12" r:id="rId1" display="Universidad Pública de Navarra (UPNA) / Nafarroako Unibertsitate Publikoa (NUP)"/>
     <hyperlink ref="A13:A26" r:id="rId2" display="Universidad de Navarra (UN)"/>
     <hyperlink ref="A39:A44" r:id="rId3" display="Universidad de la Rioja (UR)"/>
-    <hyperlink ref="A45:A73" r:id="rId4" display="Universidad Internacional de Valencia (VIU)"/>
-[...15 lines deleted...]
-    <hyperlink ref="A270:A304" r:id="rId20" display="Universidad Internacional de la Rioja (UNIR)"/>
+    <hyperlink ref="A45:A80" r:id="rId4" display="Universidad Internacional de Valencia (VIU)"/>
+    <hyperlink ref="A81:A88" r:id="rId5" display="Unversidad de Valladolid (UVa)"/>
+    <hyperlink ref="A89:A99" r:id="rId6" display="Universidad a Distancia de Madrid (UDIMA)"/>
+    <hyperlink ref="A100:A110" r:id="rId7" display="Universidad de Zaragoza (UNIZAR)"/>
+    <hyperlink ref="A111:A127" r:id="rId8" display="Universidad Camilo José Cela (UCJC)"/>
+    <hyperlink ref="A128" r:id="rId9"/>
+    <hyperlink ref="A129:A139" r:id="rId10" display="Universidad Pontificia de Salamanca (UPSA)"/>
+    <hyperlink ref="A140:A169" r:id="rId11" display="Universidad Europea de Madrid (UEM)"/>
+    <hyperlink ref="A186:A205" r:id="rId12" display="Universidad Internacional Isabel I de Castilla (UI1)"/>
+    <hyperlink ref="A206:A228" r:id="rId13" display="Universidad Antonio de Nebrija (UAN)"/>
+    <hyperlink ref="A229:A244" r:id="rId14" display="Universidad Alfonso X El Sabio (UAX)"/>
+    <hyperlink ref="A245:A253" r:id="rId15" display="Universidad Francisco de Vitoria (UFV)"/>
+    <hyperlink ref="A260:A268" r:id="rId16" display="Universidad del Atlantico Medio (UNIDAM)"/>
+    <hyperlink ref="A269:A273" r:id="rId17" display="Universidad Católica Santa Teresa de Jesús de Ávila (UCA)"/>
+    <hyperlink ref="A274:A280" r:id="rId18" display="Universidad Católica San Antonio de Murcia (UCAM)"/>
+    <hyperlink ref="A281:A287" r:id="rId19" display="Universidad Cardenal Herrera (CEU)"/>
+    <hyperlink ref="A288:A323" r:id="rId20" display="Universidad Internacional de la Rioja (UNIR)"/>
     <hyperlink ref="A27:A38" r:id="rId21" display="Universidad Nacional de Educación a Distancia (UNED)"/>
-    <hyperlink ref="A165:A175" r:id="rId22" display="Universidad Europea de Valencia (UEV)"/>
-[...8 lines deleted...]
-    <hyperlink ref="A351:A376" r:id="rId31" display="Universidad de Lleida (UDL)"/>
+    <hyperlink ref="A175:A185" r:id="rId22" display="Universidad Europea de Valencia (UEV)"/>
+    <hyperlink ref="A254:A259" r:id="rId23" display="Universitat Oberta de Catalunya (UOC)"/>
+    <hyperlink ref="A324" r:id="rId24"/>
+    <hyperlink ref="A325:A329" r:id="rId25" display="Universidad Europea del Atlántico (UNEATLANTICO)"/>
+    <hyperlink ref="A330:A340" r:id="rId26" display="MONDRAGON UNIBERTSITATEA (HUHEZI)"/>
+    <hyperlink ref="A341:A350" r:id="rId27" display="UNIVERSIDAD INTERNACIONAL DE LA EMPRESA (UNIE)"/>
+    <hyperlink ref="A170:A174" r:id="rId28" display="Universidad Europea de Canarias (UEC)"/>
+    <hyperlink ref="A351:A359" r:id="rId29" display="UNIVERSIDAD EUROPEA MIGUEL DE CERVANTES (UEMC)"/>
+    <hyperlink ref="A360:A372" r:id="rId30" display="Universidad del País Vasco (UPV) / Euskal herriko Unibertsitatea (EHU)"/>
+    <hyperlink ref="A373:A398" r:id="rId31" display="Universidad de Lleida (UDL)"/>
+    <hyperlink ref="A399:A416" r:id="rId32" display="Universidad Católica de Valencia &quot;San Vicente Mártir&quot; (UCV)"/>
+    <hyperlink ref="A417:A423" r:id="rId33" display="Universidad Tecnológica Atlántico-Mediterráneo (UTAMED)"/>
+    <hyperlink ref="A424" r:id="rId34"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId32"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId35"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Hoja1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Gobierno de Navarra</Company>
   <LinksUpToDate>false</LinksUpToDate>