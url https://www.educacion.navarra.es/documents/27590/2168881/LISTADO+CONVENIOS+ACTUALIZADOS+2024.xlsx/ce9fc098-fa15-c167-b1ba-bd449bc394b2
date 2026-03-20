--- v1 (2025-12-02)
+++ v2 (2026-03-20)
@@ -2552,229 +2552,229 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="56" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="24" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="3" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="43" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="48" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="38" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="45" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="47" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="30" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="30" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="45" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="31" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="32" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="31" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="32" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="33" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="33" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="38" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="45" xfId="3" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...145 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Bueno" xfId="1" builtinId="26"/>
     <cellStyle name="Hipervínculo" xfId="3" builtinId="8"/>
     <cellStyle name="Neutral" xfId="2" builtinId="28"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_Datos" xfId="4"/>
     <cellStyle name="Normal_Formulario 15-16" xfId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFCCFF99"/>
       <color rgb="FF99FF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -3026,5778 +3026,5778 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\6.%20CONVENIO%20Dpto%20Educaci&#243;n-UCJC-Fdo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\5.%20CONVENIO%20Dpto%20Educaci&#243;n-UAN-Fdo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\26.1.%20CONVENIO%20Dpto%20Educaci&#243;n-UCAM-Fdo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\14.%20CONVENIO%20Dpto%20de%20Educaci&#243;n-HUHEZI%20Mondragon-Fdo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\17.%20CONVENIO%20Gobierno%20de%20Navarra-UR-Fdo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\2.%20CONVENIO%20Dpto%20Educaci&#243;n-UNED-Fdo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="41.%20CONVENIO%20Dpto%20Educaci&#243;n%20y%20U.%20de%20las%20Hesp&#233;rides.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\20.%20CONVENIO%20Dpto%20Educaci&#243;n-%20UNIZAR-Fdo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\13.%20CONVENIO%20Dpto%20Educaci&#243;n.%20UI%20Isabel%20I%20Castilla-Fdo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\29.%20CONVENIO%20Dpto%20Educaci&#243;n-UCAV-Fdo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\36.%20CONVENIO%20Dpto%20Educacion-%20U.%20Europea%20del%20Atlantico-Fdo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\43.%20CONVENIO%20Dpto%20Educaci&#243;n-UTAMED-Fdo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\3.%20CONVENIO%20Dpto%20Educaci&#243;n-%20UNAV-Fdo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\7.%20CONVENIO%20Dpto%20Educaci&#243;n-UNIDAM-Fdo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\22.%20CONVENIO%20Dpto%20Educaci&#243;n-%20UNIR-Fdo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\9.%20CONVENIO%20Dpto%20Educaci&#243;n-UEMC-Fdo.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\1.%20CONVENIO%20GN-UPNA.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\21.%20CONVENIO%20Dpto%20Educaci&#243;n-UDIMA-Fdo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\8.%20CONVENIO%20Dpto%20Educaci&#243;n-UEMadrid%20Valencia%20%20Canarias-Fdo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\38.%20CONVENIO%20Dpto%20Educcaci&#243;n-UCLM-Fdo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\42.%20CONVENIO%20Dpto%20Educaci&#243;n-U.%20Cat&#243;lica%20de%20Valencia-Fdo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\19.%20CONVENIO%20Dpto%20Educacion-%20UVA-Fdo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\11.%20CONVENIO%20Dpto%20Educacion-%20UFV-Fdo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\27.%20CONVENIO%20Dpto%20Educaci&#243;n-UOC-Fdo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\8.%20CONVENIO%20Dpto%20Educaci&#243;n-UEMadrid%20Valencia%20%20Canarias-Fdo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\16.%20CONVENIO%20Dpto%20Educaci&#243;n-UPSA-Fdo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\28.%20CONVENIO%20Dpto%20Educaci&#243;n-%20U.%20CEU%20Cardenal%20Herrera-Valencia-Fdo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\39.%20CONVENIO%20Dpto%20Educacion-UdL-Fdo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="12.%20CONVENIO%20Dpto%20Educaci&#243;n-VIU-Fdo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="10.%20CONVENIO%20Dpto%20Educaci&#243;n-%20U.%20Extremadura-Fdo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\4.%20CONVENIO%20Dpto%20Educaci&#243;n-%20UAX.Fdo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\8.%20CONVENIO%20Dpto%20Educaci&#243;n-UEMadrid%20Valencia%20%20Canarias-Fdo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\37.%20CONVENIO%20Dpto%20Educaci&#243;n-UNIE-Fdo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES%202024\23.%20CONVENIO%20Navarra%20y%20ANEXO%20I%20Dpto%20Educaci&#243;n-UOV-EHU-Fdo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES\6.%20CONVENIO%20Dpto%20Educaci&#243;n-UCJC-Fdo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES\5.%20CONVENIO%20Dpto%20Educaci&#243;n-UAN-Fdo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES\26.%20CONVENIO%20Dpto%20Educaci&#243;n-UCAM-Fdo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="14.%20CONVENIO%20Dpto%20de%20Educaci&#243;n-HUHEZI%20Mondragon-Fdo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES\17.%20CONVENIO%20Gobierno%20de%20Navarra-UR-Fdo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES\2.%20CONVENIO%20Dpto%20Educaci&#243;n-UNED-Fdo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="41.%20CONVENIO%20Dpto%20Educaci&#243;n%20y%20U.%20de%20las%20Hesp&#233;rides.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES\20.%20CONVENIO%20Dpto%20Educaci&#243;n-%20UNIZAR-Fdo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="13.%20CONVENIO%20Dpto%20Educaci&#243;n.%20UI%20Isabel%20I%20Castilla-Fdo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES\29.%20CONVENIO%20Dpto%20Educaci&#243;n-UCAV-Fdo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES\36.%20CONVENIO%20Dpto%20Educacion-%20U.%20Europea%20del%20Atlantico-Fdo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="43.%20CONVENIO%20Dpto%20Educaci&#243;n-UTAMED-Fdo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="3.%20CONVENIO%20Dpto%20Educaci&#243;n-%20UNAV-Fdo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="7.%20CONVENIO%20Dpto%20Educaci&#243;n-UNIDAM-Fdo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="22.%20CONVENIO%20Dpto%20Educaci&#243;n-%20UNIR-Fdo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="9.%20CONVENIO%20Dpto%20Educaci&#243;n-UEMC-Fdo.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="1.%20CONVENIO%20GN-UPNA.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES\21.%20CONVENIO%20Dpto%20Educaci&#243;n-UDIMA-Fdo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES\8.%20CONVENIO%20Dpto%20Educaci&#243;n-UEMadrid%20Valencia%20%20Canarias-Fdo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES\38.%20CONVENIO%20Dpto%20Educcaci&#243;n-UCLM-Fdo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="42.%20CONVENIO%20Dpto%20Educaci&#243;n-U.%20Cat&#243;lica%20de%20Valencia-Fdo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="19.%20CONVENIO%20Dpto%20Educacion-%20UVA-Fdo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES\11.%20CONVENIO%20Dpto%20Educacion-%20UFV-Fdo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES\27.%20CONVENIO%20Dpto%20Educaci&#243;n-UOC-Fdo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES\8.%20CONVENIO%20Dpto%20Educaci&#243;n-UEMadrid%20Valencia%20%20Canarias-Fdo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="16.%20CONVENIO%20Dpto%20Educaci&#243;n-UPSA-Fdo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES\28.%20CONVENIO%20Dpto%20Educaci&#243;n-%20U.%20CEU%20Cardenal%20Herrera-Valencia-Fdo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="39.%20CONVENIO%20Dpto%20Educacion-UdL-Fdo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="12.%20CONVENIO%20Dpto%20Educaci&#243;n-VIU-Fdo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES\10.%20CONVENIO%20Dpto%20Educaci&#243;n-%20U.%20Extremadura-Fdo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="4.%20CONVENIO%20Dpto%20Educaci&#243;n-%20UAX.Fdo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES\8.%20CONVENIO%20Dpto%20Educaci&#243;n-UEMadrid%20Valencia%20%20Canarias-Fdo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Centcs01srv02\g0108082\PR&#193;CTICAS\CONVENIOS%20VIGENTES\37.%20CONVENIO%20Dpto%20Educaci&#243;n-UNIE-Fdo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="23.%20CONVENIO%20Navarra%20y%20ANEXO%20I%20Dpto%20Educaci&#243;n-UPV-EHU-Fdo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E424"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:E2"/>
+      <selection activeCell="A13" sqref="A13:A26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="49.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="88.7109375" style="25" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="14.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="107" t="s">
+      <c r="A1" s="161" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="107"/>
-[...2 lines deleted...]
-      <c r="E1" s="107"/>
+      <c r="B1" s="161"/>
+      <c r="C1" s="161"/>
+      <c r="D1" s="161"/>
+      <c r="E1" s="161"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="108" t="s">
+      <c r="A2" s="162" t="s">
         <v>458</v>
       </c>
-      <c r="B2" s="108"/>
-[...2 lines deleted...]
-      <c r="E2" s="108"/>
+      <c r="B2" s="162"/>
+      <c r="C2" s="162"/>
+      <c r="D2" s="162"/>
+      <c r="E2" s="162"/>
     </row>
     <row r="3" spans="1:5" ht="36.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="17" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="17" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="18" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="17" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="19" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A4" s="109" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="112">
+      <c r="A4" s="148" t="s">
+        <v>6</v>
+      </c>
+      <c r="B4" s="156">
         <v>2024</v>
       </c>
       <c r="C4" s="62" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="1">
         <v>6</v>
       </c>
       <c r="E4" s="28">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A5" s="110"/>
-      <c r="B5" s="113"/>
+      <c r="A5" s="149"/>
+      <c r="B5" s="157"/>
       <c r="C5" s="63" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="2">
         <v>15</v>
       </c>
       <c r="E5" s="29">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A6" s="110"/>
-      <c r="B6" s="113"/>
+      <c r="A6" s="149"/>
+      <c r="B6" s="157"/>
       <c r="C6" s="63" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="2">
         <v>18</v>
       </c>
       <c r="E6" s="29">
         <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A7" s="110"/>
-      <c r="B7" s="113"/>
+      <c r="A7" s="149"/>
+      <c r="B7" s="157"/>
       <c r="C7" s="63" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="2">
         <v>3</v>
       </c>
       <c r="E7" s="29">
         <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A8" s="110"/>
-      <c r="B8" s="113"/>
+      <c r="A8" s="149"/>
+      <c r="B8" s="157"/>
       <c r="C8" s="63" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="2">
         <v>7</v>
       </c>
       <c r="E8" s="29">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A9" s="110"/>
-      <c r="B9" s="113"/>
+      <c r="A9" s="149"/>
+      <c r="B9" s="157"/>
       <c r="C9" s="63" t="s">
         <v>12</v>
       </c>
       <c r="D9" s="2">
         <v>18</v>
       </c>
       <c r="E9" s="29">
         <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A10" s="110"/>
-      <c r="B10" s="113"/>
+      <c r="A10" s="149"/>
+      <c r="B10" s="157"/>
       <c r="C10" s="63" t="s">
         <v>349</v>
       </c>
       <c r="D10" s="2">
         <v>30</v>
       </c>
       <c r="E10" s="29">
         <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A11" s="110"/>
-      <c r="B11" s="113"/>
+      <c r="A11" s="149"/>
+      <c r="B11" s="157"/>
       <c r="C11" s="63" t="s">
         <v>13</v>
       </c>
       <c r="D11" s="2">
         <v>16</v>
       </c>
       <c r="E11" s="29">
         <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="111"/>
-      <c r="B12" s="114"/>
+      <c r="A12" s="150"/>
+      <c r="B12" s="163"/>
       <c r="C12" s="64" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="3">
         <v>12</v>
       </c>
       <c r="E12" s="30">
         <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A13" s="115" t="s">
+      <c r="A13" s="164" t="s">
         <v>15</v>
       </c>
-      <c r="B13" s="112">
+      <c r="B13" s="156">
         <v>2024</v>
       </c>
       <c r="C13" s="62" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="1">
         <v>24</v>
       </c>
       <c r="E13" s="28">
         <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A14" s="116"/>
-      <c r="B14" s="113"/>
+      <c r="A14" s="165"/>
+      <c r="B14" s="157"/>
       <c r="C14" s="65" t="s">
         <v>17</v>
       </c>
       <c r="D14" s="2">
         <v>21</v>
       </c>
       <c r="E14" s="29">
         <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A15" s="116"/>
-      <c r="B15" s="113"/>
+      <c r="A15" s="165"/>
+      <c r="B15" s="157"/>
       <c r="C15" s="65" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="2">
         <v>24</v>
       </c>
       <c r="E15" s="29">
         <v>26</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A16" s="116"/>
-      <c r="B16" s="113"/>
+      <c r="A16" s="165"/>
+      <c r="B16" s="157"/>
       <c r="C16" s="65" t="s">
         <v>19</v>
       </c>
       <c r="D16" s="2">
         <v>21</v>
       </c>
       <c r="E16" s="29">
         <v>32</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A17" s="116"/>
-      <c r="B17" s="113"/>
+      <c r="A17" s="165"/>
+      <c r="B17" s="157"/>
       <c r="C17" s="65" t="s">
         <v>20</v>
       </c>
       <c r="D17" s="2">
         <v>12</v>
       </c>
       <c r="E17" s="29">
         <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A18" s="116"/>
-      <c r="B18" s="113"/>
+      <c r="A18" s="165"/>
+      <c r="B18" s="157"/>
       <c r="C18" s="65" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="2">
         <v>12</v>
       </c>
       <c r="E18" s="29">
         <v>26</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A19" s="116"/>
-      <c r="B19" s="113"/>
+      <c r="A19" s="165"/>
+      <c r="B19" s="157"/>
       <c r="C19" s="65" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="2">
         <v>6</v>
       </c>
       <c r="E19" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A20" s="116"/>
-      <c r="B20" s="113"/>
+      <c r="A20" s="165"/>
+      <c r="B20" s="157"/>
       <c r="C20" s="66" t="s">
         <v>23</v>
       </c>
       <c r="D20" s="2">
         <v>9</v>
       </c>
       <c r="E20" s="29">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A21" s="116"/>
-      <c r="B21" s="113"/>
+      <c r="A21" s="165"/>
+      <c r="B21" s="157"/>
       <c r="C21" s="66" t="s">
         <v>24</v>
       </c>
       <c r="D21" s="2">
         <v>9</v>
       </c>
       <c r="E21" s="29">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A22" s="116"/>
-      <c r="B22" s="113"/>
+      <c r="A22" s="165"/>
+      <c r="B22" s="157"/>
       <c r="C22" s="66" t="s">
         <v>25</v>
       </c>
       <c r="D22" s="4">
         <v>10</v>
       </c>
       <c r="E22" s="31">
         <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A23" s="116"/>
-      <c r="B23" s="113"/>
+      <c r="A23" s="165"/>
+      <c r="B23" s="157"/>
       <c r="C23" s="66" t="s">
         <v>26</v>
       </c>
       <c r="D23" s="4">
         <v>3</v>
       </c>
       <c r="E23" s="31">
         <v>8</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A24" s="116"/>
-      <c r="B24" s="113"/>
+      <c r="A24" s="165"/>
+      <c r="B24" s="157"/>
       <c r="C24" s="66" t="s">
         <v>27</v>
       </c>
       <c r="D24" s="4">
         <v>3</v>
       </c>
       <c r="E24" s="31">
         <v>8</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A25" s="116"/>
-      <c r="B25" s="113"/>
+      <c r="A25" s="165"/>
+      <c r="B25" s="157"/>
       <c r="C25" s="66" t="s">
         <v>28</v>
       </c>
       <c r="D25" s="4">
         <v>3</v>
       </c>
       <c r="E25" s="31">
         <v>8</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="117"/>
-      <c r="B26" s="114"/>
+      <c r="A26" s="166"/>
+      <c r="B26" s="163"/>
       <c r="C26" s="64" t="s">
         <v>29</v>
       </c>
       <c r="D26" s="3">
         <v>3</v>
       </c>
       <c r="E26" s="31">
         <v>8</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A27" s="118" t="s">
+      <c r="A27" s="154" t="s">
         <v>30</v>
       </c>
-      <c r="B27" s="112">
+      <c r="B27" s="156">
         <v>2024</v>
       </c>
       <c r="C27" s="62" t="s">
         <v>31</v>
       </c>
       <c r="D27" s="1">
         <v>12</v>
       </c>
       <c r="E27" s="28">
         <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A28" s="118"/>
-      <c r="B28" s="113"/>
+      <c r="A28" s="154"/>
+      <c r="B28" s="157"/>
       <c r="C28" s="67" t="s">
         <v>32</v>
       </c>
       <c r="D28" s="5">
         <v>10</v>
       </c>
       <c r="E28" s="32">
         <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A29" s="118"/>
-      <c r="B29" s="113"/>
+      <c r="A29" s="154"/>
+      <c r="B29" s="157"/>
       <c r="C29" s="65" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="2">
         <v>5</v>
       </c>
       <c r="E29" s="29">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A30" s="118"/>
-      <c r="B30" s="113"/>
+      <c r="A30" s="154"/>
+      <c r="B30" s="157"/>
       <c r="C30" s="65" t="s">
         <v>34</v>
       </c>
       <c r="D30" s="2">
         <v>6</v>
       </c>
       <c r="E30" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A31" s="118"/>
-      <c r="B31" s="113"/>
+      <c r="A31" s="154"/>
+      <c r="B31" s="157"/>
       <c r="C31" s="68" t="s">
         <v>35</v>
       </c>
       <c r="D31" s="2">
         <v>12</v>
       </c>
       <c r="E31" s="29">
         <v>26</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A32" s="118"/>
-      <c r="B32" s="113"/>
+      <c r="A32" s="154"/>
+      <c r="B32" s="157"/>
       <c r="C32" s="68" t="s">
         <v>36</v>
       </c>
       <c r="D32" s="2">
         <v>6</v>
       </c>
       <c r="E32" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A33" s="118"/>
-      <c r="B33" s="113"/>
+      <c r="A33" s="154"/>
+      <c r="B33" s="157"/>
       <c r="C33" s="68" t="s">
         <v>37</v>
       </c>
       <c r="D33" s="2">
         <v>6</v>
       </c>
       <c r="E33" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A34" s="118"/>
-      <c r="B34" s="113"/>
+      <c r="A34" s="154"/>
+      <c r="B34" s="157"/>
       <c r="C34" s="68" t="s">
         <v>38</v>
       </c>
       <c r="D34" s="2">
         <v>6</v>
       </c>
       <c r="E34" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A35" s="118"/>
-      <c r="B35" s="113"/>
+      <c r="A35" s="154"/>
+      <c r="B35" s="157"/>
       <c r="C35" s="68" t="s">
         <v>39</v>
       </c>
       <c r="D35" s="2">
         <v>6</v>
       </c>
       <c r="E35" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A36" s="118"/>
-      <c r="B36" s="113"/>
+      <c r="A36" s="154"/>
+      <c r="B36" s="157"/>
       <c r="C36" s="68" t="s">
         <v>40</v>
       </c>
       <c r="D36" s="2">
         <v>20</v>
       </c>
       <c r="E36" s="29">
         <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A37" s="118"/>
-      <c r="B37" s="113"/>
+      <c r="A37" s="154"/>
+      <c r="B37" s="157"/>
       <c r="C37" s="68" t="s">
         <v>41</v>
       </c>
       <c r="D37" s="2">
         <v>24</v>
       </c>
       <c r="E37" s="29">
         <v>35</v>
       </c>
     </row>
     <row r="38" spans="1:5" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="119"/>
-      <c r="B38" s="113"/>
+      <c r="A38" s="155"/>
+      <c r="B38" s="157"/>
       <c r="C38" s="68" t="s">
         <v>42</v>
       </c>
       <c r="D38" s="3">
         <v>12</v>
       </c>
       <c r="E38" s="30">
         <v>26</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A39" s="109" t="s">
+      <c r="A39" s="148" t="s">
         <v>43</v>
       </c>
-      <c r="B39" s="120">
+      <c r="B39" s="145">
         <v>2024</v>
       </c>
       <c r="C39" s="69" t="s">
         <v>44</v>
       </c>
       <c r="D39" s="6">
         <v>37.5</v>
       </c>
       <c r="E39" s="33">
         <v>35</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A40" s="110"/>
-      <c r="B40" s="121"/>
+      <c r="A40" s="149"/>
+      <c r="B40" s="146"/>
       <c r="C40" s="70" t="s">
         <v>45</v>
       </c>
       <c r="D40" s="7">
         <v>22.5</v>
       </c>
       <c r="E40" s="34">
         <v>35</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A41" s="110"/>
-      <c r="B41" s="121"/>
+      <c r="A41" s="149"/>
+      <c r="B41" s="146"/>
       <c r="C41" s="70" t="s">
         <v>46</v>
       </c>
       <c r="D41" s="7">
         <v>15</v>
       </c>
       <c r="E41" s="29">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A42" s="110"/>
-      <c r="B42" s="121"/>
+      <c r="A42" s="149"/>
+      <c r="B42" s="146"/>
       <c r="C42" s="70" t="s">
         <v>47</v>
       </c>
       <c r="D42" s="7">
         <v>13</v>
       </c>
       <c r="E42" s="29">
         <v>28</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A43" s="110"/>
-      <c r="B43" s="121"/>
+      <c r="A43" s="149"/>
+      <c r="B43" s="146"/>
       <c r="C43" s="70" t="s">
         <v>48</v>
       </c>
       <c r="D43" s="7">
         <v>9</v>
       </c>
       <c r="E43" s="29">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:5" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A44" s="111"/>
-      <c r="B44" s="122"/>
+      <c r="A44" s="150"/>
+      <c r="B44" s="147"/>
       <c r="C44" s="71" t="s">
         <v>49</v>
       </c>
       <c r="D44" s="8">
         <v>13</v>
       </c>
       <c r="E44" s="30">
         <v>28</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A45" s="109" t="s">
+      <c r="A45" s="148" t="s">
         <v>50</v>
       </c>
-      <c r="B45" s="123">
+      <c r="B45" s="158">
         <v>2024</v>
       </c>
       <c r="C45" s="72" t="s">
         <v>51</v>
       </c>
       <c r="D45" s="1">
         <v>5</v>
       </c>
       <c r="E45" s="28">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A46" s="110"/>
-      <c r="B46" s="124"/>
+      <c r="A46" s="149"/>
+      <c r="B46" s="159"/>
       <c r="C46" s="73" t="s">
         <v>52</v>
       </c>
       <c r="D46" s="2">
         <v>15</v>
       </c>
       <c r="E46" s="29">
         <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A47" s="110"/>
-      <c r="B47" s="124"/>
+      <c r="A47" s="149"/>
+      <c r="B47" s="159"/>
       <c r="C47" s="73" t="s">
         <v>53</v>
       </c>
       <c r="D47" s="2">
         <v>22</v>
       </c>
       <c r="E47" s="29">
         <v>35</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A48" s="110"/>
-      <c r="B48" s="124"/>
+      <c r="A48" s="149"/>
+      <c r="B48" s="159"/>
       <c r="C48" s="73" t="s">
         <v>412</v>
       </c>
       <c r="D48" s="2">
         <v>9</v>
       </c>
       <c r="E48" s="29">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A49" s="110"/>
-      <c r="B49" s="124"/>
+      <c r="A49" s="149"/>
+      <c r="B49" s="159"/>
       <c r="C49" s="73" t="s">
         <v>413</v>
       </c>
       <c r="D49" s="2">
         <v>9</v>
       </c>
       <c r="E49" s="29">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A50" s="110"/>
-      <c r="B50" s="124"/>
+      <c r="A50" s="149"/>
+      <c r="B50" s="159"/>
       <c r="C50" s="73" t="s">
         <v>414</v>
       </c>
       <c r="D50" s="2">
         <v>14</v>
       </c>
       <c r="E50" s="29">
         <v>30</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A51" s="110"/>
-      <c r="B51" s="124"/>
+      <c r="A51" s="149"/>
+      <c r="B51" s="159"/>
       <c r="C51" s="68" t="s">
         <v>415</v>
       </c>
       <c r="D51" s="2">
         <v>9</v>
       </c>
       <c r="E51" s="29">
         <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A52" s="110"/>
-      <c r="B52" s="124"/>
+      <c r="A52" s="149"/>
+      <c r="B52" s="159"/>
       <c r="C52" s="68" t="s">
         <v>54</v>
       </c>
       <c r="D52" s="2">
         <v>8</v>
       </c>
       <c r="E52" s="29">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A53" s="110"/>
-      <c r="B53" s="124"/>
+      <c r="A53" s="149"/>
+      <c r="B53" s="159"/>
       <c r="C53" s="68" t="s">
         <v>55</v>
       </c>
       <c r="D53" s="2">
         <v>12</v>
       </c>
       <c r="E53" s="29">
         <v>26</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A54" s="110"/>
-      <c r="B54" s="124"/>
+      <c r="A54" s="149"/>
+      <c r="B54" s="159"/>
       <c r="C54" s="68" t="s">
         <v>56</v>
       </c>
       <c r="D54" s="2">
         <v>9</v>
       </c>
       <c r="E54" s="29">
         <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A55" s="110"/>
-      <c r="B55" s="124"/>
+      <c r="A55" s="149"/>
+      <c r="B55" s="159"/>
       <c r="C55" s="68" t="s">
         <v>57</v>
       </c>
       <c r="D55" s="2">
         <v>9</v>
       </c>
       <c r="E55" s="29">
         <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A56" s="110"/>
-      <c r="B56" s="124"/>
+      <c r="A56" s="149"/>
+      <c r="B56" s="159"/>
       <c r="C56" s="68" t="s">
         <v>58</v>
       </c>
       <c r="D56" s="2">
         <v>18</v>
       </c>
       <c r="E56" s="29">
         <v>35</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A57" s="110"/>
-      <c r="B57" s="124"/>
+      <c r="A57" s="149"/>
+      <c r="B57" s="159"/>
       <c r="C57" s="68" t="s">
         <v>59</v>
       </c>
       <c r="D57" s="2">
         <v>6</v>
       </c>
       <c r="E57" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A58" s="110"/>
-      <c r="B58" s="124"/>
+      <c r="A58" s="149"/>
+      <c r="B58" s="159"/>
       <c r="C58" s="68" t="s">
         <v>60</v>
       </c>
       <c r="D58" s="2">
         <v>6</v>
       </c>
       <c r="E58" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A59" s="110"/>
-      <c r="B59" s="124"/>
+      <c r="A59" s="149"/>
+      <c r="B59" s="159"/>
       <c r="C59" s="68" t="s">
         <v>61</v>
       </c>
       <c r="D59" s="2">
         <v>12</v>
       </c>
       <c r="E59" s="29">
         <v>26</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A60" s="110"/>
-      <c r="B60" s="124"/>
+      <c r="A60" s="149"/>
+      <c r="B60" s="159"/>
       <c r="C60" s="68" t="s">
         <v>416</v>
       </c>
       <c r="D60" s="2">
         <v>6</v>
       </c>
       <c r="E60" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A61" s="110"/>
-      <c r="B61" s="124"/>
+      <c r="A61" s="149"/>
+      <c r="B61" s="159"/>
       <c r="C61" s="68" t="s">
         <v>417</v>
       </c>
       <c r="D61" s="2">
         <v>6</v>
       </c>
       <c r="E61" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A62" s="110"/>
-      <c r="B62" s="124"/>
+      <c r="A62" s="149"/>
+      <c r="B62" s="159"/>
       <c r="C62" s="68" t="s">
         <v>418</v>
       </c>
       <c r="D62" s="2">
         <v>6</v>
       </c>
       <c r="E62" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A63" s="110"/>
-      <c r="B63" s="124"/>
+      <c r="A63" s="149"/>
+      <c r="B63" s="159"/>
       <c r="C63" s="68" t="s">
         <v>62</v>
       </c>
       <c r="D63" s="2">
         <v>10</v>
       </c>
       <c r="E63" s="29">
         <v>22</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A64" s="110"/>
-      <c r="B64" s="124"/>
+      <c r="A64" s="149"/>
+      <c r="B64" s="159"/>
       <c r="C64" s="68" t="s">
         <v>63</v>
       </c>
       <c r="D64" s="2">
         <v>6</v>
       </c>
       <c r="E64" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A65" s="110"/>
-      <c r="B65" s="124"/>
+      <c r="A65" s="149"/>
+      <c r="B65" s="159"/>
       <c r="C65" s="68" t="s">
         <v>64</v>
       </c>
       <c r="D65" s="2">
         <v>6</v>
       </c>
       <c r="E65" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A66" s="110"/>
-      <c r="B66" s="124"/>
+      <c r="A66" s="149"/>
+      <c r="B66" s="159"/>
       <c r="C66" s="68" t="s">
         <v>65</v>
       </c>
       <c r="D66" s="2">
         <v>6</v>
       </c>
       <c r="E66" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A67" s="110"/>
-      <c r="B67" s="124"/>
+      <c r="A67" s="149"/>
+      <c r="B67" s="159"/>
       <c r="C67" s="68" t="s">
         <v>66</v>
       </c>
       <c r="D67" s="2">
         <v>9</v>
       </c>
       <c r="E67" s="29">
         <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A68" s="110"/>
-      <c r="B68" s="124"/>
+      <c r="A68" s="149"/>
+      <c r="B68" s="159"/>
       <c r="C68" s="68" t="s">
         <v>67</v>
       </c>
       <c r="D68" s="2">
         <v>6</v>
       </c>
       <c r="E68" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A69" s="110"/>
-      <c r="B69" s="124"/>
+      <c r="A69" s="149"/>
+      <c r="B69" s="159"/>
       <c r="C69" s="68" t="s">
         <v>68</v>
       </c>
       <c r="D69" s="2">
         <v>6</v>
       </c>
       <c r="E69" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A70" s="110"/>
-      <c r="B70" s="124"/>
+      <c r="A70" s="149"/>
+      <c r="B70" s="159"/>
       <c r="C70" s="68" t="s">
         <v>69</v>
       </c>
       <c r="D70" s="2">
         <v>6</v>
       </c>
       <c r="E70" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A71" s="110"/>
-      <c r="B71" s="124"/>
+      <c r="A71" s="149"/>
+      <c r="B71" s="159"/>
       <c r="C71" s="68" t="s">
         <v>70</v>
       </c>
       <c r="D71" s="2">
         <v>6</v>
       </c>
       <c r="E71" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A72" s="110"/>
-      <c r="B72" s="124"/>
+      <c r="A72" s="149"/>
+      <c r="B72" s="159"/>
       <c r="C72" s="68" t="s">
         <v>71</v>
       </c>
       <c r="D72" s="2">
         <v>6</v>
       </c>
       <c r="E72" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A73" s="110"/>
-      <c r="B73" s="124"/>
+      <c r="A73" s="149"/>
+      <c r="B73" s="159"/>
       <c r="C73" s="68" t="s">
         <v>72</v>
       </c>
       <c r="D73" s="2">
         <v>6</v>
       </c>
       <c r="E73" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A74" s="110"/>
-      <c r="B74" s="124"/>
+      <c r="A74" s="149"/>
+      <c r="B74" s="159"/>
       <c r="C74" s="68" t="s">
         <v>73</v>
       </c>
       <c r="D74" s="2">
         <v>6</v>
       </c>
       <c r="E74" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A75" s="110"/>
-      <c r="B75" s="124"/>
+      <c r="A75" s="149"/>
+      <c r="B75" s="159"/>
       <c r="C75" s="68" t="s">
         <v>74</v>
       </c>
       <c r="D75" s="2">
         <v>6</v>
       </c>
       <c r="E75" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A76" s="110"/>
-      <c r="B76" s="124"/>
+      <c r="A76" s="149"/>
+      <c r="B76" s="159"/>
       <c r="C76" s="74" t="s">
         <v>75</v>
       </c>
       <c r="D76" s="2">
         <v>6</v>
       </c>
       <c r="E76" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="77" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A77" s="110"/>
-      <c r="B77" s="124"/>
+      <c r="A77" s="149"/>
+      <c r="B77" s="159"/>
       <c r="C77" s="74" t="s">
         <v>76</v>
       </c>
       <c r="D77" s="2">
         <v>6</v>
       </c>
       <c r="E77" s="29">
         <v>14</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A78" s="110"/>
-      <c r="B78" s="124"/>
+      <c r="A78" s="149"/>
+      <c r="B78" s="159"/>
       <c r="C78" s="74" t="s">
         <v>77</v>
       </c>
       <c r="D78" s="4">
         <v>6</v>
       </c>
       <c r="E78" s="31">
         <v>14</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A79" s="110"/>
-      <c r="B79" s="124"/>
+      <c r="A79" s="149"/>
+      <c r="B79" s="159"/>
       <c r="C79" s="74" t="s">
         <v>396</v>
       </c>
       <c r="D79" s="4">
         <v>6</v>
       </c>
       <c r="E79" s="31">
         <v>14</v>
       </c>
     </row>
     <row r="80" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A80" s="111"/>
-      <c r="B80" s="125"/>
+      <c r="A80" s="150"/>
+      <c r="B80" s="160"/>
       <c r="C80" s="75" t="s">
         <v>397</v>
       </c>
       <c r="D80" s="3">
         <v>6</v>
       </c>
       <c r="E80" s="30">
         <v>14</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A81" s="126" t="s">
+      <c r="A81" s="151" t="s">
         <v>78</v>
       </c>
-      <c r="B81" s="120">
+      <c r="B81" s="145">
         <v>2024</v>
       </c>
       <c r="C81" s="72" t="s">
         <v>79</v>
       </c>
       <c r="D81" s="1">
         <v>20</v>
       </c>
       <c r="E81" s="28">
         <v>35</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A82" s="127"/>
-      <c r="B82" s="121"/>
+      <c r="A82" s="152"/>
+      <c r="B82" s="146"/>
       <c r="C82" s="68" t="s">
         <v>80</v>
       </c>
       <c r="D82" s="2">
         <v>24</v>
       </c>
       <c r="E82" s="29">
         <v>35</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A83" s="127"/>
-      <c r="B83" s="121"/>
+      <c r="A83" s="152"/>
+      <c r="B83" s="146"/>
       <c r="C83" s="68" t="s">
         <v>81</v>
       </c>
       <c r="D83" s="2">
         <v>20</v>
       </c>
       <c r="E83" s="29">
         <v>35</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A84" s="127"/>
-      <c r="B84" s="121"/>
+      <c r="A84" s="152"/>
+      <c r="B84" s="146"/>
       <c r="C84" s="74" t="s">
         <v>82</v>
       </c>
       <c r="D84" s="4">
         <v>24</v>
       </c>
       <c r="E84" s="31">
         <v>35</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A85" s="127"/>
-      <c r="B85" s="121"/>
+      <c r="A85" s="152"/>
+      <c r="B85" s="146"/>
       <c r="C85" s="74" t="s">
         <v>83</v>
       </c>
       <c r="D85" s="4">
         <v>18</v>
       </c>
       <c r="E85" s="31">
         <v>35</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A86" s="127"/>
-      <c r="B86" s="121"/>
+      <c r="A86" s="152"/>
+      <c r="B86" s="146"/>
       <c r="C86" s="70" t="s">
         <v>399</v>
       </c>
       <c r="D86" s="4">
         <v>21</v>
       </c>
       <c r="E86" s="31">
         <v>35</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A87" s="127"/>
-      <c r="B87" s="121"/>
+      <c r="A87" s="152"/>
+      <c r="B87" s="146"/>
       <c r="C87" s="70" t="s">
         <v>400</v>
       </c>
       <c r="D87" s="4">
         <v>21</v>
       </c>
       <c r="E87" s="31">
         <v>35</v>
       </c>
     </row>
     <row r="88" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A88" s="128"/>
-      <c r="B88" s="122"/>
+      <c r="A88" s="153"/>
+      <c r="B88" s="147"/>
       <c r="C88" s="24" t="s">
         <v>401</v>
       </c>
       <c r="D88" s="3">
         <v>3</v>
       </c>
       <c r="E88" s="30">
         <v>8</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A89" s="126" t="s">
+      <c r="A89" s="151" t="s">
         <v>84</v>
       </c>
-      <c r="B89" s="120">
+      <c r="B89" s="145">
         <v>2024</v>
       </c>
       <c r="C89" s="72" t="s">
         <v>85</v>
       </c>
       <c r="D89" s="9">
         <v>9</v>
       </c>
       <c r="E89" s="35">
         <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A90" s="127"/>
-      <c r="B90" s="121"/>
+      <c r="A90" s="152"/>
+      <c r="B90" s="146"/>
       <c r="C90" s="68" t="s">
         <v>86</v>
       </c>
       <c r="D90" s="10">
         <v>14</v>
       </c>
       <c r="E90" s="36">
         <v>30</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A91" s="127"/>
-      <c r="B91" s="121"/>
+      <c r="A91" s="152"/>
+      <c r="B91" s="146"/>
       <c r="C91" s="68" t="s">
         <v>87</v>
       </c>
       <c r="D91" s="10">
         <v>6</v>
       </c>
       <c r="E91" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A92" s="127"/>
-      <c r="B92" s="121"/>
+      <c r="A92" s="152"/>
+      <c r="B92" s="146"/>
       <c r="C92" s="68" t="s">
         <v>88</v>
       </c>
       <c r="D92" s="10">
         <v>12</v>
       </c>
       <c r="E92" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A93" s="127"/>
-      <c r="B93" s="121"/>
+      <c r="A93" s="152"/>
+      <c r="B93" s="146"/>
       <c r="C93" s="68" t="s">
         <v>89</v>
       </c>
       <c r="D93" s="10">
         <v>12</v>
       </c>
       <c r="E93" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A94" s="127"/>
-      <c r="B94" s="121"/>
+      <c r="A94" s="152"/>
+      <c r="B94" s="146"/>
       <c r="C94" s="68" t="s">
         <v>90</v>
       </c>
       <c r="D94" s="10">
         <v>12</v>
       </c>
       <c r="E94" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A95" s="127"/>
-      <c r="B95" s="121"/>
+      <c r="A95" s="152"/>
+      <c r="B95" s="146"/>
       <c r="C95" s="68" t="s">
         <v>91</v>
       </c>
       <c r="D95" s="10">
         <v>12</v>
       </c>
       <c r="E95" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A96" s="127"/>
-      <c r="B96" s="121"/>
+      <c r="A96" s="152"/>
+      <c r="B96" s="146"/>
       <c r="C96" s="68" t="s">
         <v>92</v>
       </c>
       <c r="D96" s="10">
         <v>12</v>
       </c>
       <c r="E96" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A97" s="127"/>
-      <c r="B97" s="121"/>
+      <c r="A97" s="152"/>
+      <c r="B97" s="146"/>
       <c r="C97" s="74" t="s">
         <v>93</v>
       </c>
       <c r="D97" s="11">
         <v>12</v>
       </c>
       <c r="E97" s="37">
         <v>26</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A98" s="127"/>
-      <c r="B98" s="121"/>
+      <c r="A98" s="152"/>
+      <c r="B98" s="146"/>
       <c r="C98" s="70" t="s">
         <v>94</v>
       </c>
       <c r="D98" s="12">
         <v>6</v>
       </c>
       <c r="E98" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="99" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A99" s="128"/>
-      <c r="B99" s="122"/>
+      <c r="A99" s="153"/>
+      <c r="B99" s="147"/>
       <c r="C99" s="71" t="s">
         <v>95</v>
       </c>
       <c r="D99" s="13">
         <v>6</v>
       </c>
       <c r="E99" s="38">
         <v>14</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A100" s="126" t="s">
+      <c r="A100" s="151" t="s">
         <v>96</v>
       </c>
-      <c r="B100" s="120">
+      <c r="B100" s="145">
         <v>2024</v>
       </c>
       <c r="C100" s="73" t="s">
         <v>97</v>
       </c>
       <c r="D100" s="14">
         <v>3</v>
       </c>
       <c r="E100" s="39">
         <v>8</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A101" s="127"/>
-      <c r="B101" s="121"/>
+      <c r="A101" s="152"/>
+      <c r="B101" s="146"/>
       <c r="C101" s="74" t="s">
         <v>98</v>
       </c>
       <c r="D101" s="10">
         <v>7</v>
       </c>
       <c r="E101" s="36">
         <v>16</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A102" s="127"/>
-      <c r="B102" s="121"/>
+      <c r="A102" s="152"/>
+      <c r="B102" s="146"/>
       <c r="C102" s="68" t="s">
         <v>99</v>
       </c>
       <c r="D102" s="10">
         <v>6</v>
       </c>
       <c r="E102" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A103" s="127"/>
-      <c r="B103" s="121"/>
+      <c r="A103" s="152"/>
+      <c r="B103" s="146"/>
       <c r="C103" s="68" t="s">
         <v>100</v>
       </c>
       <c r="D103" s="10">
         <v>14</v>
       </c>
       <c r="E103" s="36">
         <v>30</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A104" s="127"/>
-      <c r="B104" s="121"/>
+      <c r="A104" s="152"/>
+      <c r="B104" s="146"/>
       <c r="C104" s="68" t="s">
         <v>101</v>
       </c>
       <c r="D104" s="10">
         <v>10</v>
       </c>
       <c r="E104" s="36">
         <v>22</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A105" s="127"/>
-      <c r="B105" s="121"/>
+      <c r="A105" s="152"/>
+      <c r="B105" s="146"/>
       <c r="C105" s="68" t="s">
         <v>102</v>
       </c>
       <c r="D105" s="10">
         <v>11</v>
       </c>
       <c r="E105" s="36">
         <v>24</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A106" s="127"/>
-      <c r="B106" s="121"/>
+      <c r="A106" s="152"/>
+      <c r="B106" s="146"/>
       <c r="C106" s="68" t="s">
         <v>103</v>
       </c>
       <c r="D106" s="10">
         <v>6</v>
       </c>
       <c r="E106" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A107" s="127"/>
-      <c r="B107" s="121"/>
+      <c r="A107" s="152"/>
+      <c r="B107" s="146"/>
       <c r="C107" s="68" t="s">
         <v>104</v>
       </c>
       <c r="D107" s="10">
         <v>14</v>
       </c>
       <c r="E107" s="36">
         <v>30</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A108" s="127"/>
-      <c r="B108" s="121"/>
+      <c r="A108" s="152"/>
+      <c r="B108" s="146"/>
       <c r="C108" s="68" t="s">
         <v>105</v>
       </c>
       <c r="D108" s="10">
         <v>10</v>
       </c>
       <c r="E108" s="36">
         <v>22</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A109" s="127"/>
-      <c r="B109" s="121"/>
+      <c r="A109" s="152"/>
+      <c r="B109" s="146"/>
       <c r="C109" s="68" t="s">
         <v>106</v>
       </c>
       <c r="D109" s="10">
         <v>11</v>
       </c>
       <c r="E109" s="36">
         <v>24</v>
       </c>
     </row>
     <row r="110" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A110" s="127"/>
-      <c r="B110" s="121"/>
+      <c r="A110" s="152"/>
+      <c r="B110" s="146"/>
       <c r="C110" s="68" t="s">
         <v>107</v>
       </c>
       <c r="D110" s="10">
         <v>16</v>
       </c>
       <c r="E110" s="36">
         <v>34</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A111" s="126" t="s">
+      <c r="A111" s="151" t="s">
         <v>108</v>
       </c>
-      <c r="B111" s="120">
+      <c r="B111" s="145">
         <v>2024</v>
       </c>
       <c r="C111" s="72" t="s">
         <v>109</v>
       </c>
       <c r="D111" s="9">
         <v>12</v>
       </c>
       <c r="E111" s="35">
         <v>26</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A112" s="127"/>
-      <c r="B112" s="121"/>
+      <c r="A112" s="152"/>
+      <c r="B112" s="146"/>
       <c r="C112" s="68" t="s">
         <v>110</v>
       </c>
       <c r="D112" s="10">
         <v>6</v>
       </c>
       <c r="E112" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A113" s="127"/>
-      <c r="B113" s="121"/>
+      <c r="A113" s="152"/>
+      <c r="B113" s="146"/>
       <c r="C113" s="68" t="s">
         <v>111</v>
       </c>
       <c r="D113" s="10">
         <v>8</v>
       </c>
       <c r="E113" s="36">
         <v>18</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A114" s="127"/>
-      <c r="B114" s="121"/>
+      <c r="A114" s="152"/>
+      <c r="B114" s="146"/>
       <c r="C114" s="68" t="s">
         <v>112</v>
       </c>
       <c r="D114" s="10">
         <v>11</v>
       </c>
       <c r="E114" s="36">
         <v>24</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A115" s="127"/>
-      <c r="B115" s="121"/>
+      <c r="A115" s="152"/>
+      <c r="B115" s="146"/>
       <c r="C115" s="68" t="s">
         <v>113</v>
       </c>
       <c r="D115" s="10">
         <v>15</v>
       </c>
       <c r="E115" s="36">
         <v>32</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A116" s="127"/>
-      <c r="B116" s="121"/>
+      <c r="A116" s="152"/>
+      <c r="B116" s="146"/>
       <c r="C116" s="68" t="s">
         <v>114</v>
       </c>
       <c r="D116" s="10">
         <v>6</v>
       </c>
       <c r="E116" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A117" s="127"/>
-      <c r="B117" s="121"/>
+      <c r="A117" s="152"/>
+      <c r="B117" s="146"/>
       <c r="C117" s="68" t="s">
         <v>115</v>
       </c>
       <c r="D117" s="10">
         <v>8</v>
       </c>
       <c r="E117" s="36">
         <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A118" s="127"/>
-      <c r="B118" s="121"/>
+      <c r="A118" s="152"/>
+      <c r="B118" s="146"/>
       <c r="C118" s="68" t="s">
         <v>116</v>
       </c>
       <c r="D118" s="10">
         <v>11</v>
       </c>
       <c r="E118" s="36">
         <v>24</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A119" s="127"/>
-      <c r="B119" s="121"/>
+      <c r="A119" s="152"/>
+      <c r="B119" s="146"/>
       <c r="C119" s="74" t="s">
         <v>117</v>
       </c>
       <c r="D119" s="10">
         <v>15</v>
       </c>
       <c r="E119" s="36">
         <v>32</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A120" s="127"/>
-      <c r="B120" s="121"/>
+      <c r="A120" s="152"/>
+      <c r="B120" s="146"/>
       <c r="C120" s="68" t="s">
         <v>118</v>
       </c>
       <c r="D120" s="10">
         <v>6</v>
       </c>
       <c r="E120" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A121" s="127"/>
-      <c r="B121" s="121"/>
+      <c r="A121" s="152"/>
+      <c r="B121" s="146"/>
       <c r="C121" s="68" t="s">
         <v>119</v>
       </c>
       <c r="D121" s="10">
         <v>6</v>
       </c>
       <c r="E121" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A122" s="127"/>
-      <c r="B122" s="121"/>
+      <c r="A122" s="152"/>
+      <c r="B122" s="146"/>
       <c r="C122" s="68" t="s">
         <v>120</v>
       </c>
       <c r="D122" s="10">
         <v>6</v>
       </c>
       <c r="E122" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A123" s="127"/>
-      <c r="B123" s="121"/>
+      <c r="A123" s="152"/>
+      <c r="B123" s="146"/>
       <c r="C123" s="68" t="s">
         <v>121</v>
       </c>
       <c r="D123" s="10">
         <v>3</v>
       </c>
       <c r="E123" s="36">
         <v>8</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A124" s="127"/>
-      <c r="B124" s="121"/>
+      <c r="A124" s="152"/>
+      <c r="B124" s="146"/>
       <c r="C124" s="68" t="s">
         <v>122</v>
       </c>
       <c r="D124" s="10">
         <v>6</v>
       </c>
       <c r="E124" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A125" s="127"/>
-      <c r="B125" s="121"/>
+      <c r="A125" s="152"/>
+      <c r="B125" s="146"/>
       <c r="C125" s="68" t="s">
         <v>123</v>
       </c>
       <c r="D125" s="10">
         <v>6</v>
       </c>
       <c r="E125" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A126" s="127"/>
-      <c r="B126" s="121"/>
+      <c r="A126" s="152"/>
+      <c r="B126" s="146"/>
       <c r="C126" s="68" t="s">
         <v>124</v>
       </c>
       <c r="D126" s="10">
         <v>8</v>
       </c>
       <c r="E126" s="36">
         <v>18</v>
       </c>
     </row>
     <row r="127" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A127" s="128"/>
-      <c r="B127" s="122"/>
+      <c r="A127" s="153"/>
+      <c r="B127" s="147"/>
       <c r="C127" s="74" t="s">
         <v>125</v>
       </c>
       <c r="D127" s="15">
         <v>4</v>
       </c>
       <c r="E127" s="38">
         <v>10</v>
       </c>
     </row>
     <row r="128" spans="1:5" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A128" s="60" t="s">
         <v>126</v>
       </c>
       <c r="B128" s="98">
         <v>2024</v>
       </c>
       <c r="C128" s="20" t="s">
         <v>127</v>
       </c>
       <c r="D128" s="16">
         <v>16</v>
       </c>
       <c r="E128" s="40">
         <v>34</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A129" s="126" t="s">
+      <c r="A129" s="151" t="s">
         <v>128</v>
       </c>
-      <c r="B129" s="120">
+      <c r="B129" s="145">
         <v>2024</v>
       </c>
       <c r="C129" s="73" t="s">
         <v>129</v>
       </c>
       <c r="D129" s="1">
         <v>9</v>
       </c>
       <c r="E129" s="35">
         <v>14</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A130" s="127"/>
-      <c r="B130" s="121"/>
+      <c r="A130" s="152"/>
+      <c r="B130" s="146"/>
       <c r="C130" s="68" t="s">
         <v>130</v>
       </c>
       <c r="D130" s="2">
         <v>8</v>
       </c>
       <c r="E130" s="36">
         <v>18</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A131" s="127"/>
-      <c r="B131" s="121"/>
+      <c r="A131" s="152"/>
+      <c r="B131" s="146"/>
       <c r="C131" s="68" t="s">
         <v>131</v>
       </c>
       <c r="D131" s="2">
         <v>9</v>
       </c>
       <c r="E131" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A132" s="127"/>
-      <c r="B132" s="121"/>
+      <c r="A132" s="152"/>
+      <c r="B132" s="146"/>
       <c r="C132" s="68" t="s">
         <v>132</v>
       </c>
       <c r="D132" s="2">
         <v>8</v>
       </c>
       <c r="E132" s="36">
         <v>18</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A133" s="127"/>
-      <c r="B133" s="121"/>
+      <c r="A133" s="152"/>
+      <c r="B133" s="146"/>
       <c r="C133" s="68" t="s">
         <v>133</v>
       </c>
       <c r="D133" s="2">
         <v>6</v>
       </c>
       <c r="E133" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="134" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A134" s="127"/>
-      <c r="B134" s="121"/>
+      <c r="A134" s="152"/>
+      <c r="B134" s="146"/>
       <c r="C134" s="68" t="s">
         <v>134</v>
       </c>
       <c r="D134" s="2">
         <v>6</v>
       </c>
       <c r="E134" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="135" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A135" s="127"/>
-      <c r="B135" s="121"/>
+      <c r="A135" s="152"/>
+      <c r="B135" s="146"/>
       <c r="C135" s="68" t="s">
         <v>135</v>
       </c>
       <c r="D135" s="2">
         <v>6</v>
       </c>
       <c r="E135" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="136" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A136" s="127"/>
-      <c r="B136" s="121"/>
+      <c r="A136" s="152"/>
+      <c r="B136" s="146"/>
       <c r="C136" s="68" t="s">
         <v>136</v>
       </c>
       <c r="D136" s="2">
         <v>2</v>
       </c>
       <c r="E136" s="36">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A137" s="127"/>
-      <c r="B137" s="121"/>
+      <c r="A137" s="152"/>
+      <c r="B137" s="146"/>
       <c r="C137" s="68" t="s">
         <v>137</v>
       </c>
       <c r="D137" s="2">
         <v>6</v>
       </c>
       <c r="E137" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="138" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A138" s="127"/>
-      <c r="B138" s="121"/>
+      <c r="A138" s="152"/>
+      <c r="B138" s="146"/>
       <c r="C138" s="68" t="s">
         <v>138</v>
       </c>
       <c r="D138" s="2">
         <v>6</v>
       </c>
       <c r="E138" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="139" spans="1:5" ht="24.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A139" s="128"/>
-      <c r="B139" s="122"/>
+      <c r="A139" s="153"/>
+      <c r="B139" s="147"/>
       <c r="C139" s="75" t="s">
         <v>139</v>
       </c>
       <c r="D139" s="3">
         <v>2</v>
       </c>
       <c r="E139" s="38">
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A140" s="126" t="s">
+      <c r="A140" s="151" t="s">
         <v>140</v>
       </c>
-      <c r="B140" s="120">
+      <c r="B140" s="145">
         <v>2024</v>
       </c>
       <c r="C140" s="72" t="s">
         <v>141</v>
       </c>
       <c r="D140" s="1">
         <v>12</v>
       </c>
       <c r="E140" s="35">
         <v>26</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A141" s="127"/>
-      <c r="B141" s="121"/>
+      <c r="A141" s="152"/>
+      <c r="B141" s="146"/>
       <c r="C141" s="68" t="s">
         <v>142</v>
       </c>
       <c r="D141" s="2">
         <v>12</v>
       </c>
       <c r="E141" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A142" s="127"/>
-      <c r="B142" s="121"/>
+      <c r="A142" s="152"/>
+      <c r="B142" s="146"/>
       <c r="C142" s="68" t="s">
         <v>143</v>
       </c>
       <c r="D142" s="2">
         <v>14</v>
       </c>
       <c r="E142" s="36">
         <v>30</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A143" s="127"/>
-      <c r="B143" s="121"/>
+      <c r="A143" s="152"/>
+      <c r="B143" s="146"/>
       <c r="C143" s="68" t="s">
         <v>144</v>
       </c>
       <c r="D143" s="2">
         <v>12</v>
       </c>
       <c r="E143" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A144" s="127"/>
-      <c r="B144" s="121"/>
+      <c r="A144" s="152"/>
+      <c r="B144" s="146"/>
       <c r="C144" s="68" t="s">
         <v>145</v>
       </c>
       <c r="D144" s="2">
         <v>12</v>
       </c>
       <c r="E144" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A145" s="127"/>
-      <c r="B145" s="121"/>
+      <c r="A145" s="152"/>
+      <c r="B145" s="146"/>
       <c r="C145" s="68" t="s">
         <v>146</v>
       </c>
       <c r="D145" s="2">
         <v>14</v>
       </c>
       <c r="E145" s="36">
         <v>30</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A146" s="127"/>
-      <c r="B146" s="121"/>
+      <c r="A146" s="152"/>
+      <c r="B146" s="146"/>
       <c r="C146" s="68" t="s">
         <v>147</v>
       </c>
       <c r="D146" s="2">
         <v>6</v>
       </c>
       <c r="E146" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="147" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A147" s="127"/>
-      <c r="B147" s="121"/>
+      <c r="A147" s="152"/>
+      <c r="B147" s="146"/>
       <c r="C147" s="68" t="s">
         <v>148</v>
       </c>
       <c r="D147" s="2">
         <v>12</v>
       </c>
       <c r="E147" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="148" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A148" s="127"/>
-      <c r="B148" s="121"/>
+      <c r="A148" s="152"/>
+      <c r="B148" s="146"/>
       <c r="C148" s="68" t="s">
         <v>149</v>
       </c>
       <c r="D148" s="2">
         <v>12</v>
       </c>
       <c r="E148" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="149" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A149" s="127"/>
-      <c r="B149" s="121"/>
+      <c r="A149" s="152"/>
+      <c r="B149" s="146"/>
       <c r="C149" s="68" t="s">
         <v>150</v>
       </c>
       <c r="D149" s="2">
         <v>14</v>
       </c>
       <c r="E149" s="36">
         <v>30</v>
       </c>
     </row>
     <row r="150" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A150" s="127"/>
-      <c r="B150" s="121"/>
+      <c r="A150" s="152"/>
+      <c r="B150" s="146"/>
       <c r="C150" s="68" t="s">
         <v>151</v>
       </c>
       <c r="D150" s="2">
         <v>18</v>
       </c>
       <c r="E150" s="36">
         <v>35</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A151" s="127"/>
-      <c r="B151" s="121"/>
+      <c r="A151" s="152"/>
+      <c r="B151" s="146"/>
       <c r="C151" s="68" t="s">
         <v>152</v>
       </c>
       <c r="D151" s="2">
         <v>6</v>
       </c>
       <c r="E151" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A152" s="127"/>
-      <c r="B152" s="121"/>
+      <c r="A152" s="152"/>
+      <c r="B152" s="146"/>
       <c r="C152" s="68" t="s">
         <v>153</v>
       </c>
       <c r="D152" s="2">
         <v>6</v>
       </c>
       <c r="E152" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A153" s="127"/>
-      <c r="B153" s="121"/>
+      <c r="A153" s="152"/>
+      <c r="B153" s="146"/>
       <c r="C153" s="68" t="s">
         <v>154</v>
       </c>
       <c r="D153" s="2">
         <v>6</v>
       </c>
       <c r="E153" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A154" s="127"/>
-      <c r="B154" s="121"/>
+      <c r="A154" s="152"/>
+      <c r="B154" s="146"/>
       <c r="C154" s="68" t="s">
         <v>155</v>
       </c>
       <c r="D154" s="2">
         <v>6</v>
       </c>
       <c r="E154" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A155" s="127"/>
-      <c r="B155" s="121"/>
+      <c r="A155" s="152"/>
+      <c r="B155" s="146"/>
       <c r="C155" s="68" t="s">
         <v>156</v>
       </c>
       <c r="D155" s="2">
         <v>6</v>
       </c>
       <c r="E155" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A156" s="127"/>
-      <c r="B156" s="121"/>
+      <c r="A156" s="152"/>
+      <c r="B156" s="146"/>
       <c r="C156" s="74" t="s">
         <v>157</v>
       </c>
       <c r="D156" s="2">
         <v>6</v>
       </c>
       <c r="E156" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A157" s="127"/>
-      <c r="B157" s="121"/>
+      <c r="A157" s="152"/>
+      <c r="B157" s="146"/>
       <c r="C157" s="68" t="s">
         <v>158</v>
       </c>
       <c r="D157" s="2">
         <v>6</v>
       </c>
       <c r="E157" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A158" s="127"/>
-      <c r="B158" s="121"/>
+      <c r="A158" s="152"/>
+      <c r="B158" s="146"/>
       <c r="C158" s="68" t="s">
         <v>159</v>
       </c>
       <c r="D158" s="2">
         <v>6</v>
       </c>
       <c r="E158" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A159" s="127"/>
-      <c r="B159" s="121"/>
+      <c r="A159" s="152"/>
+      <c r="B159" s="146"/>
       <c r="C159" s="68" t="s">
         <v>160</v>
       </c>
       <c r="D159" s="2">
         <v>6</v>
       </c>
       <c r="E159" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A160" s="127"/>
-      <c r="B160" s="121"/>
+      <c r="A160" s="152"/>
+      <c r="B160" s="146"/>
       <c r="C160" s="68" t="s">
         <v>161</v>
       </c>
       <c r="D160" s="2">
         <v>6</v>
       </c>
       <c r="E160" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A161" s="127"/>
-      <c r="B161" s="121"/>
+      <c r="A161" s="152"/>
+      <c r="B161" s="146"/>
       <c r="C161" s="68" t="s">
         <v>162</v>
       </c>
       <c r="D161" s="2">
         <v>6</v>
       </c>
       <c r="E161" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A162" s="127"/>
-      <c r="B162" s="121"/>
+      <c r="A162" s="152"/>
+      <c r="B162" s="146"/>
       <c r="C162" s="68" t="s">
         <v>163</v>
       </c>
       <c r="D162" s="2">
         <v>6</v>
       </c>
       <c r="E162" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A163" s="127"/>
-      <c r="B163" s="121"/>
+      <c r="A163" s="152"/>
+      <c r="B163" s="146"/>
       <c r="C163" s="68" t="s">
         <v>164</v>
       </c>
       <c r="D163" s="2">
         <v>6</v>
       </c>
       <c r="E163" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A164" s="127"/>
-      <c r="B164" s="121"/>
+      <c r="A164" s="152"/>
+      <c r="B164" s="146"/>
       <c r="C164" s="68" t="s">
         <v>165</v>
       </c>
       <c r="D164" s="2">
         <v>6</v>
       </c>
       <c r="E164" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A165" s="127"/>
-      <c r="B165" s="121"/>
+      <c r="A165" s="152"/>
+      <c r="B165" s="146"/>
       <c r="C165" s="68" t="s">
         <v>166</v>
       </c>
       <c r="D165" s="2">
         <v>6</v>
       </c>
       <c r="E165" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A166" s="127"/>
-      <c r="B166" s="121"/>
+      <c r="A166" s="152"/>
+      <c r="B166" s="146"/>
       <c r="C166" s="68" t="s">
         <v>167</v>
       </c>
       <c r="D166" s="2">
         <v>6</v>
       </c>
       <c r="E166" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A167" s="127"/>
-      <c r="B167" s="121"/>
+      <c r="A167" s="152"/>
+      <c r="B167" s="146"/>
       <c r="C167" s="68" t="s">
         <v>168</v>
       </c>
       <c r="D167" s="2">
         <v>6</v>
       </c>
       <c r="E167" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A168" s="127"/>
-      <c r="B168" s="121"/>
+      <c r="A168" s="152"/>
+      <c r="B168" s="146"/>
       <c r="C168" s="68" t="s">
         <v>169</v>
       </c>
       <c r="D168" s="2">
         <v>6</v>
       </c>
       <c r="E168" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="169" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A169" s="128"/>
-      <c r="B169" s="122"/>
+      <c r="A169" s="153"/>
+      <c r="B169" s="147"/>
       <c r="C169" s="76" t="s">
         <v>170</v>
       </c>
       <c r="D169" s="3">
         <v>6</v>
       </c>
       <c r="E169" s="38">
         <v>14</v>
       </c>
     </row>
     <row r="170" spans="1:5" ht="36" x14ac:dyDescent="0.25">
-      <c r="A170" s="126" t="s">
+      <c r="A170" s="151" t="s">
         <v>171</v>
       </c>
-      <c r="B170" s="121">
+      <c r="B170" s="146">
         <v>2024</v>
       </c>
       <c r="C170" s="68" t="s">
         <v>172</v>
       </c>
       <c r="D170" s="1">
         <v>14</v>
       </c>
       <c r="E170" s="36">
         <v>30</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A171" s="127"/>
-      <c r="B171" s="121"/>
+      <c r="A171" s="152"/>
+      <c r="B171" s="146"/>
       <c r="C171" s="68" t="s">
         <v>173</v>
       </c>
       <c r="D171" s="4">
         <v>6</v>
       </c>
       <c r="E171" s="37">
         <v>14</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A172" s="127"/>
-      <c r="B172" s="121"/>
+      <c r="A172" s="152"/>
+      <c r="B172" s="146"/>
       <c r="C172" s="68" t="s">
         <v>421</v>
       </c>
       <c r="D172" s="4">
         <v>12</v>
       </c>
       <c r="E172" s="37">
         <v>26</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A173" s="127"/>
-      <c r="B173" s="121"/>
+      <c r="A173" s="152"/>
+      <c r="B173" s="146"/>
       <c r="C173" s="68" t="s">
         <v>422</v>
       </c>
       <c r="D173" s="4">
         <v>14</v>
       </c>
       <c r="E173" s="37">
         <v>30</v>
       </c>
     </row>
     <row r="174" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A174" s="128"/>
-      <c r="B174" s="122"/>
+      <c r="A174" s="153"/>
+      <c r="B174" s="147"/>
       <c r="C174" s="68" t="s">
         <v>423</v>
       </c>
       <c r="D174" s="3">
         <v>18</v>
       </c>
       <c r="E174" s="38">
         <v>35</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A175" s="126" t="s">
+      <c r="A175" s="151" t="s">
         <v>174</v>
       </c>
-      <c r="B175" s="120">
+      <c r="B175" s="145">
         <v>2024</v>
       </c>
       <c r="C175" s="77" t="s">
         <v>175</v>
       </c>
       <c r="D175" s="1">
         <v>6</v>
       </c>
       <c r="E175" s="35">
         <v>14</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A176" s="127"/>
-      <c r="B176" s="121"/>
+      <c r="A176" s="152"/>
+      <c r="B176" s="146"/>
       <c r="C176" s="74" t="s">
         <v>176</v>
       </c>
       <c r="D176" s="2">
         <v>6</v>
       </c>
       <c r="E176" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A177" s="127"/>
-      <c r="B177" s="121"/>
+      <c r="A177" s="152"/>
+      <c r="B177" s="146"/>
       <c r="C177" s="74" t="s">
         <v>177</v>
       </c>
       <c r="D177" s="2">
         <v>6</v>
       </c>
       <c r="E177" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="178" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A178" s="127"/>
-      <c r="B178" s="121"/>
+      <c r="A178" s="152"/>
+      <c r="B178" s="146"/>
       <c r="C178" s="74" t="s">
         <v>178</v>
       </c>
       <c r="D178" s="2">
         <v>9</v>
       </c>
       <c r="E178" s="36">
         <v>20</v>
       </c>
     </row>
     <row r="179" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A179" s="127"/>
-      <c r="B179" s="121"/>
+      <c r="A179" s="152"/>
+      <c r="B179" s="146"/>
       <c r="C179" s="74" t="s">
         <v>179</v>
       </c>
       <c r="D179" s="2">
         <v>9</v>
       </c>
       <c r="E179" s="36">
         <v>20</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A180" s="127"/>
-      <c r="B180" s="121"/>
+      <c r="A180" s="152"/>
+      <c r="B180" s="146"/>
       <c r="C180" s="74" t="s">
         <v>180</v>
       </c>
       <c r="D180" s="2">
         <v>6</v>
       </c>
       <c r="E180" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A181" s="127"/>
-      <c r="B181" s="121"/>
+      <c r="A181" s="152"/>
+      <c r="B181" s="146"/>
       <c r="C181" s="74" t="s">
         <v>181</v>
       </c>
       <c r="D181" s="2">
         <v>6</v>
       </c>
       <c r="E181" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A182" s="127"/>
-      <c r="B182" s="121"/>
+      <c r="A182" s="152"/>
+      <c r="B182" s="146"/>
       <c r="C182" s="74" t="s">
         <v>182</v>
       </c>
       <c r="D182" s="2">
         <v>6</v>
       </c>
       <c r="E182" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A183" s="127"/>
-      <c r="B183" s="121"/>
+      <c r="A183" s="152"/>
+      <c r="B183" s="146"/>
       <c r="C183" s="74" t="s">
         <v>183</v>
       </c>
       <c r="D183" s="2">
         <v>6</v>
       </c>
       <c r="E183" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A184" s="127"/>
-      <c r="B184" s="121"/>
+      <c r="A184" s="152"/>
+      <c r="B184" s="146"/>
       <c r="C184" s="74" t="s">
         <v>184</v>
       </c>
       <c r="D184" s="2">
         <v>6</v>
       </c>
       <c r="E184" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="185" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A185" s="128"/>
-      <c r="B185" s="122"/>
+      <c r="A185" s="153"/>
+      <c r="B185" s="147"/>
       <c r="C185" s="75" t="s">
         <v>185</v>
       </c>
       <c r="D185" s="3">
         <v>6</v>
       </c>
       <c r="E185" s="38">
         <v>14</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A186" s="126" t="s">
+      <c r="A186" s="151" t="s">
         <v>186</v>
       </c>
-      <c r="B186" s="120">
+      <c r="B186" s="145">
         <v>2024</v>
       </c>
       <c r="C186" s="72" t="s">
         <v>187</v>
       </c>
       <c r="D186" s="1">
         <v>18</v>
       </c>
       <c r="E186" s="35">
         <v>35</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A187" s="127"/>
-      <c r="B187" s="121"/>
+      <c r="A187" s="152"/>
+      <c r="B187" s="146"/>
       <c r="C187" s="68" t="s">
         <v>188</v>
       </c>
       <c r="D187" s="2">
         <v>20</v>
       </c>
       <c r="E187" s="36">
         <v>35</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A188" s="127"/>
-      <c r="B188" s="121"/>
+      <c r="A188" s="152"/>
+      <c r="B188" s="146"/>
       <c r="C188" s="68" t="s">
         <v>189</v>
       </c>
       <c r="D188" s="2">
         <v>18</v>
       </c>
       <c r="E188" s="36">
         <v>35</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A189" s="127"/>
-      <c r="B189" s="121"/>
+      <c r="A189" s="152"/>
+      <c r="B189" s="146"/>
       <c r="C189" s="68" t="s">
         <v>190</v>
       </c>
       <c r="D189" s="2">
         <v>20</v>
       </c>
       <c r="E189" s="36">
         <v>35</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A190" s="127"/>
-      <c r="B190" s="121"/>
+      <c r="A190" s="152"/>
+      <c r="B190" s="146"/>
       <c r="C190" s="68" t="s">
         <v>191</v>
       </c>
       <c r="D190" s="2">
         <v>12</v>
       </c>
       <c r="E190" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A191" s="127"/>
-      <c r="B191" s="121"/>
+      <c r="A191" s="152"/>
+      <c r="B191" s="146"/>
       <c r="C191" s="68" t="s">
         <v>192</v>
       </c>
       <c r="D191" s="2">
         <v>12</v>
       </c>
       <c r="E191" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A192" s="127"/>
-      <c r="B192" s="121"/>
+      <c r="A192" s="152"/>
+      <c r="B192" s="146"/>
       <c r="C192" s="68" t="s">
         <v>193</v>
       </c>
       <c r="D192" s="2">
         <v>12</v>
       </c>
       <c r="E192" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A193" s="127"/>
-      <c r="B193" s="121"/>
+      <c r="A193" s="152"/>
+      <c r="B193" s="146"/>
       <c r="C193" s="68" t="s">
         <v>194</v>
       </c>
       <c r="D193" s="2">
         <v>6</v>
       </c>
       <c r="E193" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="194" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A194" s="127"/>
-      <c r="B194" s="121"/>
+      <c r="A194" s="152"/>
+      <c r="B194" s="146"/>
       <c r="C194" s="68" t="s">
         <v>195</v>
       </c>
       <c r="D194" s="2">
         <v>12</v>
       </c>
       <c r="E194" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A195" s="127"/>
-      <c r="B195" s="121"/>
+      <c r="A195" s="152"/>
+      <c r="B195" s="146"/>
       <c r="C195" s="68" t="s">
         <v>196</v>
       </c>
       <c r="D195" s="2">
         <v>12</v>
       </c>
       <c r="E195" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="196" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A196" s="127"/>
-      <c r="B196" s="121"/>
+      <c r="A196" s="152"/>
+      <c r="B196" s="146"/>
       <c r="C196" s="68" t="s">
         <v>197</v>
       </c>
       <c r="D196" s="2">
         <v>12</v>
       </c>
       <c r="E196" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A197" s="127"/>
-      <c r="B197" s="121"/>
+      <c r="A197" s="152"/>
+      <c r="B197" s="146"/>
       <c r="C197" s="68" t="s">
         <v>198</v>
       </c>
       <c r="D197" s="2">
         <v>6</v>
       </c>
       <c r="E197" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A198" s="127"/>
-      <c r="B198" s="121"/>
+      <c r="A198" s="152"/>
+      <c r="B198" s="146"/>
       <c r="C198" s="68" t="s">
         <v>199</v>
       </c>
       <c r="D198" s="2">
         <v>6</v>
       </c>
       <c r="E198" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A199" s="127"/>
-      <c r="B199" s="121"/>
+      <c r="A199" s="152"/>
+      <c r="B199" s="146"/>
       <c r="C199" s="68" t="s">
         <v>200</v>
       </c>
       <c r="D199" s="2">
         <v>6</v>
       </c>
       <c r="E199" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A200" s="127"/>
-      <c r="B200" s="121"/>
+      <c r="A200" s="152"/>
+      <c r="B200" s="146"/>
       <c r="C200" s="74" t="s">
         <v>201</v>
       </c>
       <c r="D200" s="4">
         <v>9</v>
       </c>
       <c r="E200" s="37">
         <v>20</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A201" s="127"/>
-      <c r="B201" s="121"/>
+      <c r="A201" s="152"/>
+      <c r="B201" s="146"/>
       <c r="C201" s="74" t="s">
         <v>449</v>
       </c>
       <c r="D201" s="4">
         <v>18</v>
       </c>
       <c r="E201" s="37">
         <v>35</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A202" s="127"/>
-      <c r="B202" s="121"/>
+      <c r="A202" s="152"/>
+      <c r="B202" s="146"/>
       <c r="C202" s="74" t="s">
         <v>450</v>
       </c>
       <c r="D202" s="4">
         <v>6</v>
       </c>
       <c r="E202" s="37">
         <v>14</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A203" s="127"/>
-      <c r="B203" s="121"/>
+      <c r="A203" s="152"/>
+      <c r="B203" s="146"/>
       <c r="C203" s="74" t="s">
         <v>451</v>
       </c>
       <c r="D203" s="4">
         <v>6</v>
       </c>
       <c r="E203" s="37">
         <v>14</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A204" s="127"/>
-      <c r="B204" s="121"/>
+      <c r="A204" s="152"/>
+      <c r="B204" s="146"/>
       <c r="C204" s="74" t="s">
         <v>452</v>
       </c>
       <c r="D204" s="4">
         <v>12</v>
       </c>
       <c r="E204" s="37">
         <v>26</v>
       </c>
     </row>
     <row r="205" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A205" s="128"/>
-      <c r="B205" s="122"/>
+      <c r="A205" s="153"/>
+      <c r="B205" s="147"/>
       <c r="C205" s="75" t="s">
         <v>453</v>
       </c>
       <c r="D205" s="3">
         <v>6</v>
       </c>
       <c r="E205" s="38">
         <v>14</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A206" s="126" t="s">
+      <c r="A206" s="151" t="s">
         <v>202</v>
       </c>
-      <c r="B206" s="120">
+      <c r="B206" s="145">
         <v>2024</v>
       </c>
       <c r="C206" s="72" t="s">
         <v>203</v>
       </c>
       <c r="D206" s="1">
         <v>18</v>
       </c>
       <c r="E206" s="35">
         <v>35</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A207" s="127"/>
-      <c r="B207" s="121"/>
+      <c r="A207" s="152"/>
+      <c r="B207" s="146"/>
       <c r="C207" s="68" t="s">
         <v>204</v>
       </c>
       <c r="D207" s="2">
         <v>6</v>
       </c>
       <c r="E207" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A208" s="127"/>
-      <c r="B208" s="121"/>
+      <c r="A208" s="152"/>
+      <c r="B208" s="146"/>
       <c r="C208" s="68" t="s">
         <v>205</v>
       </c>
       <c r="D208" s="2">
         <v>6</v>
       </c>
       <c r="E208" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A209" s="127"/>
-      <c r="B209" s="121"/>
+      <c r="A209" s="152"/>
+      <c r="B209" s="146"/>
       <c r="C209" s="68" t="s">
         <v>206</v>
       </c>
       <c r="D209" s="2">
         <v>8</v>
       </c>
       <c r="E209" s="36">
         <v>18</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A210" s="127"/>
-      <c r="B210" s="121"/>
+      <c r="A210" s="152"/>
+      <c r="B210" s="146"/>
       <c r="C210" s="68" t="s">
         <v>207</v>
       </c>
       <c r="D210" s="2">
         <v>12</v>
       </c>
       <c r="E210" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A211" s="127"/>
-      <c r="B211" s="121"/>
+      <c r="A211" s="152"/>
+      <c r="B211" s="146"/>
       <c r="C211" s="68" t="s">
         <v>208</v>
       </c>
       <c r="D211" s="2">
         <v>12</v>
       </c>
       <c r="E211" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A212" s="127"/>
-      <c r="B212" s="121"/>
+      <c r="A212" s="152"/>
+      <c r="B212" s="146"/>
       <c r="C212" s="68" t="s">
         <v>209</v>
       </c>
       <c r="D212" s="2">
         <v>6</v>
       </c>
       <c r="E212" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A213" s="127"/>
-      <c r="B213" s="121"/>
+      <c r="A213" s="152"/>
+      <c r="B213" s="146"/>
       <c r="C213" s="68" t="s">
         <v>210</v>
       </c>
       <c r="D213" s="2">
         <v>6</v>
       </c>
       <c r="E213" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="214" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A214" s="127"/>
-      <c r="B214" s="121"/>
+      <c r="A214" s="152"/>
+      <c r="B214" s="146"/>
       <c r="C214" s="68" t="s">
         <v>211</v>
       </c>
       <c r="D214" s="2">
         <v>3</v>
       </c>
       <c r="E214" s="36">
         <v>8</v>
       </c>
     </row>
     <row r="215" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A215" s="127"/>
-      <c r="B215" s="121"/>
+      <c r="A215" s="152"/>
+      <c r="B215" s="146"/>
       <c r="C215" s="68" t="s">
         <v>212</v>
       </c>
       <c r="D215" s="2">
         <v>9</v>
       </c>
       <c r="E215" s="36">
         <v>20</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A216" s="127"/>
-      <c r="B216" s="121"/>
+      <c r="A216" s="152"/>
+      <c r="B216" s="146"/>
       <c r="C216" s="68" t="s">
         <v>213</v>
       </c>
       <c r="D216" s="2">
         <v>6</v>
       </c>
       <c r="E216" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A217" s="127"/>
-      <c r="B217" s="121"/>
+      <c r="A217" s="152"/>
+      <c r="B217" s="146"/>
       <c r="C217" s="68" t="s">
         <v>214</v>
       </c>
       <c r="D217" s="2">
         <v>6</v>
       </c>
       <c r="E217" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A218" s="127"/>
-      <c r="B218" s="121"/>
+      <c r="A218" s="152"/>
+      <c r="B218" s="146"/>
       <c r="C218" s="68" t="s">
         <v>215</v>
       </c>
       <c r="D218" s="2">
         <v>6</v>
       </c>
       <c r="E218" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A219" s="127"/>
-      <c r="B219" s="121"/>
+      <c r="A219" s="152"/>
+      <c r="B219" s="146"/>
       <c r="C219" s="68" t="s">
         <v>216</v>
       </c>
       <c r="D219" s="2">
         <v>6</v>
       </c>
       <c r="E219" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A220" s="127"/>
-      <c r="B220" s="121"/>
+      <c r="A220" s="152"/>
+      <c r="B220" s="146"/>
       <c r="C220" s="68" t="s">
         <v>217</v>
       </c>
       <c r="D220" s="2">
         <v>6</v>
       </c>
       <c r="E220" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A221" s="127"/>
-      <c r="B221" s="121"/>
+      <c r="A221" s="152"/>
+      <c r="B221" s="146"/>
       <c r="C221" s="68" t="s">
         <v>218</v>
       </c>
       <c r="D221" s="2">
         <v>8</v>
       </c>
       <c r="E221" s="36">
         <v>18</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A222" s="127"/>
-      <c r="B222" s="121"/>
+      <c r="A222" s="152"/>
+      <c r="B222" s="146"/>
       <c r="C222" s="68" t="s">
         <v>219</v>
       </c>
       <c r="D222" s="2">
         <v>6</v>
       </c>
       <c r="E222" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A223" s="127"/>
-      <c r="B223" s="121"/>
+      <c r="A223" s="152"/>
+      <c r="B223" s="146"/>
       <c r="C223" s="68" t="s">
         <v>220</v>
       </c>
       <c r="D223" s="2">
         <v>8</v>
       </c>
       <c r="E223" s="36">
         <v>18</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A224" s="127"/>
-      <c r="B224" s="121"/>
+      <c r="A224" s="152"/>
+      <c r="B224" s="146"/>
       <c r="C224" s="68" t="s">
         <v>221</v>
       </c>
       <c r="D224" s="2">
         <v>8</v>
       </c>
       <c r="E224" s="36">
         <v>18</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A225" s="127"/>
-      <c r="B225" s="121"/>
+      <c r="A225" s="152"/>
+      <c r="B225" s="146"/>
       <c r="C225" s="68" t="s">
         <v>222</v>
       </c>
       <c r="D225" s="2">
         <v>6</v>
       </c>
       <c r="E225" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A226" s="127"/>
-      <c r="B226" s="121"/>
+      <c r="A226" s="152"/>
+      <c r="B226" s="146"/>
       <c r="C226" s="68" t="s">
         <v>223</v>
       </c>
       <c r="D226" s="2">
         <v>6</v>
       </c>
       <c r="E226" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A227" s="127"/>
-      <c r="B227" s="121"/>
+      <c r="A227" s="152"/>
+      <c r="B227" s="146"/>
       <c r="C227" s="74" t="s">
         <v>224</v>
       </c>
       <c r="D227" s="4">
         <v>6</v>
       </c>
       <c r="E227" s="37">
         <v>14</v>
       </c>
     </row>
     <row r="228" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A228" s="128"/>
-      <c r="B228" s="122"/>
+      <c r="A228" s="153"/>
+      <c r="B228" s="147"/>
       <c r="C228" s="75" t="s">
         <v>398</v>
       </c>
       <c r="D228" s="3">
         <v>6</v>
       </c>
       <c r="E228" s="38">
         <v>14</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A229" s="126" t="s">
+      <c r="A229" s="151" t="s">
         <v>225</v>
       </c>
-      <c r="B229" s="120">
+      <c r="B229" s="145">
         <v>2024</v>
       </c>
       <c r="C229" s="72" t="s">
         <v>226</v>
       </c>
       <c r="D229" s="9">
         <v>14</v>
       </c>
       <c r="E229" s="35">
         <v>30</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A230" s="127"/>
-      <c r="B230" s="121"/>
+      <c r="A230" s="152"/>
+      <c r="B230" s="146"/>
       <c r="C230" s="68" t="s">
         <v>227</v>
       </c>
       <c r="D230" s="10">
         <v>16</v>
       </c>
       <c r="E230" s="36">
         <v>34</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A231" s="127"/>
-      <c r="B231" s="121"/>
+      <c r="A231" s="152"/>
+      <c r="B231" s="146"/>
       <c r="C231" s="68" t="s">
         <v>228</v>
       </c>
       <c r="D231" s="10">
         <v>6</v>
       </c>
       <c r="E231" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A232" s="127"/>
-      <c r="B232" s="121"/>
+      <c r="A232" s="152"/>
+      <c r="B232" s="146"/>
       <c r="C232" s="68" t="s">
         <v>229</v>
       </c>
       <c r="D232" s="10">
         <v>6</v>
       </c>
       <c r="E232" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A233" s="127"/>
-      <c r="B233" s="121"/>
+      <c r="A233" s="152"/>
+      <c r="B233" s="146"/>
       <c r="C233" s="68" t="s">
         <v>230</v>
       </c>
       <c r="D233" s="10">
         <v>6</v>
       </c>
       <c r="E233" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A234" s="127"/>
-      <c r="B234" s="121"/>
+      <c r="A234" s="152"/>
+      <c r="B234" s="146"/>
       <c r="C234" s="68" t="s">
         <v>231</v>
       </c>
       <c r="D234" s="10">
         <v>6</v>
       </c>
       <c r="E234" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A235" s="127"/>
-      <c r="B235" s="121"/>
+      <c r="A235" s="152"/>
+      <c r="B235" s="146"/>
       <c r="C235" s="68" t="s">
         <v>232</v>
       </c>
       <c r="D235" s="10">
         <v>6</v>
       </c>
       <c r="E235" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A236" s="127"/>
-      <c r="B236" s="121"/>
+      <c r="A236" s="152"/>
+      <c r="B236" s="146"/>
       <c r="C236" s="68" t="s">
         <v>233</v>
       </c>
       <c r="D236" s="10">
         <v>6</v>
       </c>
       <c r="E236" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A237" s="127"/>
-      <c r="B237" s="121"/>
+      <c r="A237" s="152"/>
+      <c r="B237" s="146"/>
       <c r="C237" s="68" t="s">
         <v>234</v>
       </c>
       <c r="D237" s="10">
         <v>7.5</v>
       </c>
       <c r="E237" s="36">
         <v>17</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A238" s="127"/>
-      <c r="B238" s="121"/>
+      <c r="A238" s="152"/>
+      <c r="B238" s="146"/>
       <c r="C238" s="68" t="s">
         <v>235</v>
       </c>
       <c r="D238" s="10">
         <v>8</v>
       </c>
       <c r="E238" s="36">
         <v>18</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A239" s="127"/>
-      <c r="B239" s="121"/>
+      <c r="A239" s="152"/>
+      <c r="B239" s="146"/>
       <c r="C239" s="68" t="s">
         <v>236</v>
       </c>
       <c r="D239" s="10">
         <v>6.5</v>
       </c>
       <c r="E239" s="36">
         <v>15</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A240" s="127"/>
-      <c r="B240" s="121"/>
+      <c r="A240" s="152"/>
+      <c r="B240" s="146"/>
       <c r="C240" s="68" t="s">
         <v>237</v>
       </c>
       <c r="D240" s="10">
         <v>10</v>
       </c>
       <c r="E240" s="36">
         <v>22</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A241" s="127"/>
-      <c r="B241" s="121"/>
+      <c r="A241" s="152"/>
+      <c r="B241" s="146"/>
       <c r="C241" s="74" t="s">
         <v>238</v>
       </c>
       <c r="D241" s="11">
         <v>6</v>
       </c>
       <c r="E241" s="37">
         <v>14</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A242" s="127"/>
-      <c r="B242" s="121"/>
+      <c r="A242" s="152"/>
+      <c r="B242" s="146"/>
       <c r="C242" s="74" t="s">
         <v>239</v>
       </c>
       <c r="D242" s="11">
         <v>8</v>
       </c>
       <c r="E242" s="37">
         <v>18</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A243" s="127"/>
-      <c r="B243" s="121"/>
+      <c r="A243" s="152"/>
+      <c r="B243" s="146"/>
       <c r="C243" s="74" t="s">
         <v>240</v>
       </c>
       <c r="D243" s="11">
         <v>12</v>
       </c>
       <c r="E243" s="37">
         <v>26</v>
       </c>
     </row>
     <row r="244" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A244" s="128"/>
-      <c r="B244" s="122"/>
+      <c r="A244" s="153"/>
+      <c r="B244" s="147"/>
       <c r="C244" s="74" t="s">
         <v>241</v>
       </c>
       <c r="D244" s="15">
         <v>18</v>
       </c>
       <c r="E244" s="38">
         <v>35</v>
       </c>
     </row>
     <row r="245" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A245" s="126" t="s">
+      <c r="A245" s="151" t="s">
         <v>242</v>
       </c>
-      <c r="B245" s="120">
+      <c r="B245" s="145">
         <v>2024</v>
       </c>
       <c r="C245" s="72" t="s">
         <v>243</v>
       </c>
       <c r="D245" s="9">
         <v>12</v>
       </c>
       <c r="E245" s="35">
         <v>26</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A246" s="127"/>
-      <c r="B246" s="121"/>
+      <c r="A246" s="152"/>
+      <c r="B246" s="146"/>
       <c r="C246" s="68" t="s">
         <v>244</v>
       </c>
       <c r="D246" s="10">
         <v>6</v>
       </c>
       <c r="E246" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A247" s="127"/>
-      <c r="B247" s="121"/>
+      <c r="A247" s="152"/>
+      <c r="B247" s="146"/>
       <c r="C247" s="68" t="s">
         <v>245</v>
       </c>
       <c r="D247" s="10">
         <v>12</v>
       </c>
       <c r="E247" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A248" s="127"/>
-      <c r="B248" s="121"/>
+      <c r="A248" s="152"/>
+      <c r="B248" s="146"/>
       <c r="C248" s="68" t="s">
         <v>246</v>
       </c>
       <c r="D248" s="10">
         <v>8</v>
       </c>
       <c r="E248" s="36">
         <v>18</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A249" s="127"/>
-      <c r="B249" s="121"/>
+      <c r="A249" s="152"/>
+      <c r="B249" s="146"/>
       <c r="C249" s="68" t="s">
         <v>247</v>
       </c>
       <c r="D249" s="10">
         <v>8</v>
       </c>
       <c r="E249" s="36">
         <v>18</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A250" s="127"/>
-      <c r="B250" s="121"/>
+      <c r="A250" s="152"/>
+      <c r="B250" s="146"/>
       <c r="C250" s="68" t="s">
         <v>248</v>
       </c>
       <c r="D250" s="10">
         <v>18</v>
       </c>
       <c r="E250" s="36">
         <v>35</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A251" s="127"/>
-      <c r="B251" s="121"/>
+      <c r="A251" s="152"/>
+      <c r="B251" s="146"/>
       <c r="C251" s="68" t="s">
         <v>249</v>
       </c>
       <c r="D251" s="10">
         <v>26</v>
       </c>
       <c r="E251" s="36">
         <v>35</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A252" s="127"/>
-      <c r="B252" s="121"/>
+      <c r="A252" s="152"/>
+      <c r="B252" s="146"/>
       <c r="C252" s="68" t="s">
         <v>250</v>
       </c>
       <c r="D252" s="10">
         <v>18</v>
       </c>
       <c r="E252" s="36">
         <v>35</v>
       </c>
     </row>
     <row r="253" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A253" s="128"/>
-      <c r="B253" s="122"/>
+      <c r="A253" s="153"/>
+      <c r="B253" s="147"/>
       <c r="C253" s="75" t="s">
         <v>251</v>
       </c>
       <c r="D253" s="15">
         <v>26</v>
       </c>
       <c r="E253" s="38">
         <v>35</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A254" s="126" t="s">
+      <c r="A254" s="151" t="s">
         <v>252</v>
       </c>
-      <c r="B254" s="120">
+      <c r="B254" s="145">
         <v>2024</v>
       </c>
       <c r="C254" s="68" t="s">
         <v>253</v>
       </c>
       <c r="D254" s="9">
         <v>9</v>
       </c>
       <c r="E254" s="35">
         <v>20</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A255" s="127"/>
-      <c r="B255" s="121"/>
+      <c r="A255" s="152"/>
+      <c r="B255" s="146"/>
       <c r="C255" s="68" t="s">
         <v>254</v>
       </c>
       <c r="D255" s="10">
         <v>9</v>
       </c>
       <c r="E255" s="36">
         <v>20</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A256" s="127"/>
-      <c r="B256" s="121"/>
+      <c r="A256" s="152"/>
+      <c r="B256" s="146"/>
       <c r="C256" s="68" t="s">
         <v>255</v>
       </c>
       <c r="D256" s="11">
         <v>6</v>
       </c>
       <c r="E256" s="37">
         <v>14</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A257" s="127"/>
-      <c r="B257" s="121"/>
+      <c r="A257" s="152"/>
+      <c r="B257" s="146"/>
       <c r="C257" s="68" t="s">
         <v>456</v>
       </c>
       <c r="D257" s="11">
         <v>6</v>
       </c>
       <c r="E257" s="37">
         <v>14</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A258" s="127"/>
-      <c r="B258" s="121"/>
+      <c r="A258" s="152"/>
+      <c r="B258" s="146"/>
       <c r="C258" s="68" t="s">
         <v>457</v>
       </c>
       <c r="D258" s="11">
         <v>6</v>
       </c>
       <c r="E258" s="37">
         <v>14</v>
       </c>
     </row>
     <row r="259" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A259" s="128"/>
-      <c r="B259" s="122"/>
+      <c r="A259" s="153"/>
+      <c r="B259" s="147"/>
       <c r="C259" s="68" t="s">
         <v>253</v>
       </c>
       <c r="D259" s="15">
         <v>9</v>
       </c>
       <c r="E259" s="38">
         <v>20</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A260" s="126" t="s">
+      <c r="A260" s="151" t="s">
         <v>256</v>
       </c>
-      <c r="B260" s="120">
+      <c r="B260" s="145">
         <v>2024</v>
       </c>
       <c r="C260" s="72" t="s">
         <v>257</v>
       </c>
       <c r="D260" s="9">
         <v>20</v>
       </c>
       <c r="E260" s="35">
         <v>35</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A261" s="127"/>
-      <c r="B261" s="121"/>
+      <c r="A261" s="152"/>
+      <c r="B261" s="146"/>
       <c r="C261" s="68" t="s">
         <v>258</v>
       </c>
       <c r="D261" s="10">
         <v>20</v>
       </c>
       <c r="E261" s="36">
         <v>35</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A262" s="127"/>
-      <c r="B262" s="121"/>
+      <c r="A262" s="152"/>
+      <c r="B262" s="146"/>
       <c r="C262" s="68" t="s">
         <v>259</v>
       </c>
       <c r="D262" s="10">
         <v>20</v>
       </c>
       <c r="E262" s="36">
         <v>35</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A263" s="127"/>
-      <c r="B263" s="121"/>
+      <c r="A263" s="152"/>
+      <c r="B263" s="146"/>
       <c r="C263" s="68" t="s">
         <v>260</v>
       </c>
       <c r="D263" s="10">
         <v>20</v>
       </c>
       <c r="E263" s="36">
         <v>35</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A264" s="127"/>
-      <c r="B264" s="121"/>
+      <c r="A264" s="152"/>
+      <c r="B264" s="146"/>
       <c r="C264" s="68" t="s">
         <v>261</v>
       </c>
       <c r="D264" s="10">
         <v>12</v>
       </c>
       <c r="E264" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A265" s="127"/>
-      <c r="B265" s="121"/>
+      <c r="A265" s="152"/>
+      <c r="B265" s="146"/>
       <c r="C265" s="68" t="s">
         <v>262</v>
       </c>
       <c r="D265" s="10">
         <v>6</v>
       </c>
       <c r="E265" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A266" s="127"/>
-      <c r="B266" s="121"/>
+      <c r="A266" s="152"/>
+      <c r="B266" s="146"/>
       <c r="C266" s="68" t="s">
         <v>263</v>
       </c>
       <c r="D266" s="10">
         <v>6</v>
       </c>
       <c r="E266" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A267" s="127"/>
-      <c r="B267" s="121"/>
+      <c r="A267" s="152"/>
+      <c r="B267" s="146"/>
       <c r="C267" s="74" t="s">
         <v>264</v>
       </c>
       <c r="D267" s="10">
         <v>6</v>
       </c>
       <c r="E267" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="268" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A268" s="128"/>
-      <c r="B268" s="122"/>
+      <c r="A268" s="153"/>
+      <c r="B268" s="147"/>
       <c r="C268" s="75" t="s">
         <v>265</v>
       </c>
       <c r="D268" s="15">
         <v>16</v>
       </c>
       <c r="E268" s="38">
         <v>34</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A269" s="109" t="s">
+      <c r="A269" s="148" t="s">
         <v>266</v>
       </c>
-      <c r="B269" s="120">
+      <c r="B269" s="145">
         <v>2024</v>
       </c>
       <c r="C269" s="72" t="s">
         <v>267</v>
       </c>
       <c r="D269" s="9">
         <v>12</v>
       </c>
       <c r="E269" s="35">
         <v>26</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A270" s="110"/>
-      <c r="B270" s="121"/>
+      <c r="A270" s="149"/>
+      <c r="B270" s="146"/>
       <c r="C270" s="68" t="s">
         <v>268</v>
       </c>
       <c r="D270" s="10">
         <v>18</v>
       </c>
       <c r="E270" s="36">
         <v>35</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A271" s="110"/>
-      <c r="B271" s="121"/>
+      <c r="A271" s="149"/>
+      <c r="B271" s="146"/>
       <c r="C271" s="68" t="s">
         <v>269</v>
       </c>
       <c r="D271" s="10">
         <v>26</v>
       </c>
       <c r="E271" s="36">
         <v>35</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A272" s="110"/>
-      <c r="B272" s="121"/>
+      <c r="A272" s="149"/>
+      <c r="B272" s="146"/>
       <c r="C272" s="68" t="s">
         <v>270</v>
       </c>
       <c r="D272" s="10">
         <v>18</v>
       </c>
       <c r="E272" s="36">
         <v>35</v>
       </c>
     </row>
     <row r="273" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A273" s="111"/>
-      <c r="B273" s="122"/>
+      <c r="A273" s="150"/>
+      <c r="B273" s="147"/>
       <c r="C273" s="75" t="s">
         <v>271</v>
       </c>
       <c r="D273" s="15">
         <v>26</v>
       </c>
       <c r="E273" s="38">
         <v>35</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A274" s="129" t="s">
+      <c r="A274" s="142" t="s">
         <v>272</v>
       </c>
-      <c r="B274" s="120">
+      <c r="B274" s="145">
         <v>2024</v>
       </c>
       <c r="C274" s="72" t="s">
         <v>273</v>
       </c>
       <c r="D274" s="9">
         <v>24</v>
       </c>
       <c r="E274" s="35">
         <v>35</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A275" s="130"/>
-      <c r="B275" s="121"/>
+      <c r="A275" s="143"/>
+      <c r="B275" s="146"/>
       <c r="C275" s="68" t="s">
         <v>274</v>
       </c>
       <c r="D275" s="10">
         <v>24</v>
       </c>
       <c r="E275" s="36">
         <v>35</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A276" s="130"/>
-      <c r="B276" s="121"/>
+      <c r="A276" s="143"/>
+      <c r="B276" s="146"/>
       <c r="C276" s="68" t="s">
         <v>275</v>
       </c>
       <c r="D276" s="10">
         <v>20</v>
       </c>
       <c r="E276" s="36">
         <v>35</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A277" s="130"/>
-      <c r="B277" s="121"/>
+      <c r="A277" s="143"/>
+      <c r="B277" s="146"/>
       <c r="C277" s="68" t="s">
         <v>276</v>
       </c>
       <c r="D277" s="10">
         <v>24</v>
       </c>
       <c r="E277" s="36">
         <v>35</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A278" s="130"/>
-      <c r="B278" s="121"/>
+      <c r="A278" s="143"/>
+      <c r="B278" s="146"/>
       <c r="C278" s="68" t="s">
         <v>277</v>
       </c>
       <c r="D278" s="10">
         <v>9</v>
       </c>
       <c r="E278" s="36">
         <v>20</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A279" s="130"/>
-      <c r="B279" s="121"/>
+      <c r="A279" s="143"/>
+      <c r="B279" s="146"/>
       <c r="C279" s="68" t="s">
         <v>278</v>
       </c>
       <c r="D279" s="10">
         <v>8</v>
       </c>
       <c r="E279" s="36">
         <v>18</v>
       </c>
     </row>
     <row r="280" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A280" s="130"/>
-      <c r="B280" s="121"/>
+      <c r="A280" s="143"/>
+      <c r="B280" s="146"/>
       <c r="C280" s="68" t="s">
         <v>279</v>
       </c>
       <c r="D280" s="10">
         <v>6</v>
       </c>
       <c r="E280" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A281" s="131" t="s">
+      <c r="A281" s="130" t="s">
         <v>280</v>
       </c>
       <c r="B281" s="138">
         <v>2024</v>
       </c>
       <c r="C281" s="78" t="s">
         <v>281</v>
       </c>
       <c r="D281" s="9">
         <v>6</v>
       </c>
       <c r="E281" s="41">
         <v>14</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A282" s="132"/>
+      <c r="A282" s="131"/>
       <c r="B282" s="139"/>
       <c r="C282" s="79" t="s">
         <v>282</v>
       </c>
       <c r="D282" s="10">
         <v>10</v>
       </c>
       <c r="E282" s="42">
         <v>22</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A283" s="137"/>
+      <c r="A283" s="132"/>
       <c r="B283" s="140"/>
       <c r="C283" s="80" t="s">
         <v>283</v>
       </c>
       <c r="D283" s="11">
         <v>15</v>
       </c>
       <c r="E283" s="43">
         <v>32</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A284" s="137"/>
+      <c r="A284" s="132"/>
       <c r="B284" s="140"/>
       <c r="C284" s="80" t="s">
         <v>284</v>
       </c>
       <c r="D284" s="11">
         <v>20</v>
       </c>
       <c r="E284" s="43">
         <v>35</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A285" s="137"/>
+      <c r="A285" s="132"/>
       <c r="B285" s="140"/>
       <c r="C285" s="80" t="s">
         <v>285</v>
       </c>
       <c r="D285" s="11">
         <v>24</v>
       </c>
       <c r="E285" s="43">
         <v>35</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A286" s="137"/>
+      <c r="A286" s="132"/>
       <c r="B286" s="140"/>
       <c r="C286" s="80" t="s">
         <v>286</v>
       </c>
       <c r="D286" s="11">
         <v>20</v>
       </c>
       <c r="E286" s="43">
         <v>35</v>
       </c>
     </row>
     <row r="287" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A287" s="133"/>
       <c r="B287" s="141"/>
       <c r="C287" s="80" t="s">
         <v>287</v>
       </c>
       <c r="D287" s="15">
         <v>24</v>
       </c>
       <c r="E287" s="44">
         <v>35</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A288" s="129" t="s">
+      <c r="A288" s="142" t="s">
         <v>288</v>
       </c>
-      <c r="B288" s="120">
+      <c r="B288" s="145">
         <v>2024</v>
       </c>
       <c r="C288" s="72" t="s">
         <v>289</v>
       </c>
       <c r="D288" s="9">
         <v>12</v>
       </c>
       <c r="E288" s="35">
         <v>26</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A289" s="130"/>
-      <c r="B289" s="121"/>
+      <c r="A289" s="143"/>
+      <c r="B289" s="146"/>
       <c r="C289" s="68" t="s">
         <v>290</v>
       </c>
       <c r="D289" s="10">
         <v>12</v>
       </c>
       <c r="E289" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A290" s="130"/>
-      <c r="B290" s="121"/>
+      <c r="A290" s="143"/>
+      <c r="B290" s="146"/>
       <c r="C290" s="68" t="s">
         <v>291</v>
       </c>
       <c r="D290" s="10">
         <v>12</v>
       </c>
       <c r="E290" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A291" s="130"/>
-      <c r="B291" s="121"/>
+      <c r="A291" s="143"/>
+      <c r="B291" s="146"/>
       <c r="C291" s="68" t="s">
         <v>292</v>
       </c>
       <c r="D291" s="10">
         <v>12</v>
       </c>
       <c r="E291" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A292" s="130"/>
-      <c r="B292" s="121"/>
+      <c r="A292" s="143"/>
+      <c r="B292" s="146"/>
       <c r="C292" s="68" t="s">
         <v>293</v>
       </c>
       <c r="D292" s="10">
         <v>12</v>
       </c>
       <c r="E292" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A293" s="130"/>
-      <c r="B293" s="121"/>
+      <c r="A293" s="143"/>
+      <c r="B293" s="146"/>
       <c r="C293" s="68" t="s">
         <v>294</v>
       </c>
       <c r="D293" s="10">
         <v>12</v>
       </c>
       <c r="E293" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A294" s="130"/>
-      <c r="B294" s="121"/>
+      <c r="A294" s="143"/>
+      <c r="B294" s="146"/>
       <c r="C294" s="68" t="s">
         <v>419</v>
       </c>
       <c r="D294" s="10">
         <v>12</v>
       </c>
       <c r="E294" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A295" s="130"/>
-      <c r="B295" s="121"/>
+      <c r="A295" s="143"/>
+      <c r="B295" s="146"/>
       <c r="C295" s="68" t="s">
         <v>420</v>
       </c>
       <c r="D295" s="10">
         <v>6</v>
       </c>
       <c r="E295" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A296" s="130"/>
-      <c r="B296" s="121"/>
+      <c r="A296" s="143"/>
+      <c r="B296" s="146"/>
       <c r="C296" s="68" t="s">
         <v>295</v>
       </c>
       <c r="D296" s="10">
         <v>6</v>
       </c>
       <c r="E296" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A297" s="130"/>
-      <c r="B297" s="121"/>
+      <c r="A297" s="143"/>
+      <c r="B297" s="146"/>
       <c r="C297" s="68" t="s">
         <v>296</v>
       </c>
       <c r="D297" s="10">
         <v>6</v>
       </c>
       <c r="E297" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A298" s="130"/>
-      <c r="B298" s="121"/>
+      <c r="A298" s="143"/>
+      <c r="B298" s="146"/>
       <c r="C298" s="68" t="s">
         <v>297</v>
       </c>
       <c r="D298" s="10">
         <v>6</v>
       </c>
       <c r="E298" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A299" s="130"/>
-      <c r="B299" s="121"/>
+      <c r="A299" s="143"/>
+      <c r="B299" s="146"/>
       <c r="C299" s="68" t="s">
         <v>298</v>
       </c>
       <c r="D299" s="10">
         <v>6</v>
       </c>
       <c r="E299" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A300" s="130"/>
-      <c r="B300" s="121"/>
+      <c r="A300" s="143"/>
+      <c r="B300" s="146"/>
       <c r="C300" s="68" t="s">
         <v>299</v>
       </c>
       <c r="D300" s="10">
         <v>6</v>
       </c>
       <c r="E300" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A301" s="130"/>
-      <c r="B301" s="121"/>
+      <c r="A301" s="143"/>
+      <c r="B301" s="146"/>
       <c r="C301" s="68" t="s">
         <v>300</v>
       </c>
       <c r="D301" s="10">
         <v>6</v>
       </c>
       <c r="E301" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A302" s="130"/>
-      <c r="B302" s="121"/>
+      <c r="A302" s="143"/>
+      <c r="B302" s="146"/>
       <c r="C302" s="68" t="s">
         <v>301</v>
       </c>
       <c r="D302" s="10">
         <v>6</v>
       </c>
       <c r="E302" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A303" s="130"/>
-      <c r="B303" s="121"/>
+      <c r="A303" s="143"/>
+      <c r="B303" s="146"/>
       <c r="C303" s="68" t="s">
         <v>302</v>
       </c>
       <c r="D303" s="10">
         <v>6</v>
       </c>
       <c r="E303" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A304" s="130"/>
-      <c r="B304" s="121"/>
+      <c r="A304" s="143"/>
+      <c r="B304" s="146"/>
       <c r="C304" s="68" t="s">
         <v>303</v>
       </c>
       <c r="D304" s="10">
         <v>9</v>
       </c>
       <c r="E304" s="36">
         <v>20</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A305" s="130"/>
-      <c r="B305" s="121"/>
+      <c r="A305" s="143"/>
+      <c r="B305" s="146"/>
       <c r="C305" s="68" t="s">
         <v>304</v>
       </c>
       <c r="D305" s="10">
         <v>6</v>
       </c>
       <c r="E305" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A306" s="130"/>
-      <c r="B306" s="121"/>
+      <c r="A306" s="143"/>
+      <c r="B306" s="146"/>
       <c r="C306" s="68" t="s">
         <v>305</v>
       </c>
       <c r="D306" s="10">
         <v>6</v>
       </c>
       <c r="E306" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A307" s="130"/>
-      <c r="B307" s="121"/>
+      <c r="A307" s="143"/>
+      <c r="B307" s="146"/>
       <c r="C307" s="68" t="s">
         <v>306</v>
       </c>
       <c r="D307" s="10">
         <v>6</v>
       </c>
       <c r="E307" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A308" s="130"/>
-      <c r="B308" s="121"/>
+      <c r="A308" s="143"/>
+      <c r="B308" s="146"/>
       <c r="C308" s="68" t="s">
         <v>307</v>
       </c>
       <c r="D308" s="10">
         <v>6</v>
       </c>
       <c r="E308" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A309" s="130"/>
-      <c r="B309" s="121"/>
+      <c r="A309" s="143"/>
+      <c r="B309" s="146"/>
       <c r="C309" s="68" t="s">
         <v>308</v>
       </c>
       <c r="D309" s="10">
         <v>6</v>
       </c>
       <c r="E309" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A310" s="130"/>
-      <c r="B310" s="121"/>
+      <c r="A310" s="143"/>
+      <c r="B310" s="146"/>
       <c r="C310" s="68" t="s">
         <v>309</v>
       </c>
       <c r="D310" s="10">
         <v>6</v>
       </c>
       <c r="E310" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A311" s="130"/>
-      <c r="B311" s="121"/>
+      <c r="A311" s="143"/>
+      <c r="B311" s="146"/>
       <c r="C311" s="68" t="s">
         <v>310</v>
       </c>
       <c r="D311" s="10">
         <v>6</v>
       </c>
       <c r="E311" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A312" s="130"/>
-      <c r="B312" s="121"/>
+      <c r="A312" s="143"/>
+      <c r="B312" s="146"/>
       <c r="C312" s="68" t="s">
         <v>311</v>
       </c>
       <c r="D312" s="10">
         <v>6</v>
       </c>
       <c r="E312" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A313" s="130"/>
-      <c r="B313" s="121"/>
+      <c r="A313" s="143"/>
+      <c r="B313" s="146"/>
       <c r="C313" s="68" t="s">
         <v>312</v>
       </c>
       <c r="D313" s="10">
         <v>6</v>
       </c>
       <c r="E313" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="314" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A314" s="130"/>
-      <c r="B314" s="121"/>
+      <c r="A314" s="143"/>
+      <c r="B314" s="146"/>
       <c r="C314" s="68" t="s">
         <v>313</v>
       </c>
       <c r="D314" s="10">
         <v>6</v>
       </c>
       <c r="E314" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A315" s="130"/>
-      <c r="B315" s="121"/>
+      <c r="A315" s="143"/>
+      <c r="B315" s="146"/>
       <c r="C315" s="68" t="s">
         <v>314</v>
       </c>
       <c r="D315" s="10">
         <v>6</v>
       </c>
       <c r="E315" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="316" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A316" s="130"/>
-      <c r="B316" s="121"/>
+      <c r="A316" s="143"/>
+      <c r="B316" s="146"/>
       <c r="C316" s="70" t="s">
         <v>315</v>
       </c>
       <c r="D316" s="11">
         <v>9</v>
       </c>
       <c r="E316" s="37">
         <v>20</v>
       </c>
     </row>
     <row r="317" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A317" s="130"/>
-      <c r="B317" s="121"/>
+      <c r="A317" s="143"/>
+      <c r="B317" s="146"/>
       <c r="C317" s="77" t="s">
         <v>402</v>
       </c>
       <c r="D317" s="11">
         <v>6</v>
       </c>
       <c r="E317" s="37">
         <v>14</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A318" s="130"/>
-      <c r="B318" s="121"/>
+      <c r="A318" s="143"/>
+      <c r="B318" s="146"/>
       <c r="C318" s="74" t="s">
         <v>403</v>
       </c>
       <c r="D318" s="11">
         <v>6</v>
       </c>
       <c r="E318" s="37">
         <v>14</v>
       </c>
     </row>
     <row r="319" spans="1:5" ht="24" x14ac:dyDescent="0.25">
-      <c r="A319" s="130"/>
-      <c r="B319" s="121"/>
+      <c r="A319" s="143"/>
+      <c r="B319" s="146"/>
       <c r="C319" s="74" t="s">
         <v>404</v>
       </c>
       <c r="D319" s="11">
         <v>6</v>
       </c>
       <c r="E319" s="37">
         <v>14</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A320" s="130"/>
-      <c r="B320" s="121"/>
+      <c r="A320" s="143"/>
+      <c r="B320" s="146"/>
       <c r="C320" s="74" t="s">
         <v>405</v>
       </c>
       <c r="D320" s="11">
         <v>6</v>
       </c>
       <c r="E320" s="37">
         <v>14</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A321" s="130"/>
-      <c r="B321" s="121"/>
+      <c r="A321" s="143"/>
+      <c r="B321" s="146"/>
       <c r="C321" s="74" t="s">
         <v>406</v>
       </c>
       <c r="D321" s="11">
         <v>6</v>
       </c>
       <c r="E321" s="37">
         <v>14</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A322" s="130"/>
-      <c r="B322" s="121"/>
+      <c r="A322" s="143"/>
+      <c r="B322" s="146"/>
       <c r="C322" s="74" t="s">
         <v>407</v>
       </c>
       <c r="D322" s="11">
         <v>6</v>
       </c>
       <c r="E322" s="37">
         <v>14</v>
       </c>
     </row>
     <row r="323" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A323" s="142"/>
-      <c r="B323" s="122"/>
+      <c r="A323" s="144"/>
+      <c r="B323" s="147"/>
       <c r="C323" s="81" t="s">
         <v>408</v>
       </c>
       <c r="D323" s="15">
         <v>8</v>
       </c>
       <c r="E323" s="38">
         <v>18</v>
       </c>
     </row>
     <row r="324" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A324" s="61" t="s">
         <v>350</v>
       </c>
       <c r="B324" s="99">
         <v>2024</v>
       </c>
       <c r="C324" s="82" t="s">
         <v>316</v>
       </c>
       <c r="D324" s="16">
         <v>24</v>
       </c>
       <c r="E324" s="40">
         <v>35</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A325" s="131" t="s">
+      <c r="A325" s="130" t="s">
         <v>351</v>
       </c>
-      <c r="B325" s="134">
+      <c r="B325" s="127">
         <v>2024</v>
       </c>
       <c r="C325" s="83" t="s">
         <v>317</v>
       </c>
       <c r="D325" s="9">
         <v>18</v>
       </c>
       <c r="E325" s="35">
         <v>35</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A326" s="132"/>
-      <c r="B326" s="135"/>
+      <c r="A326" s="131"/>
+      <c r="B326" s="128"/>
       <c r="C326" s="84" t="s">
         <v>318</v>
       </c>
       <c r="D326" s="10">
         <v>18</v>
       </c>
       <c r="E326" s="36">
         <v>35</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A327" s="132"/>
-      <c r="B327" s="135"/>
+      <c r="A327" s="131"/>
+      <c r="B327" s="128"/>
       <c r="C327" s="84" t="s">
         <v>319</v>
       </c>
       <c r="D327" s="10">
         <v>6</v>
       </c>
       <c r="E327" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A328" s="132"/>
-      <c r="B328" s="135"/>
+      <c r="A328" s="131"/>
+      <c r="B328" s="128"/>
       <c r="C328" s="84" t="s">
         <v>320</v>
       </c>
       <c r="D328" s="10">
         <v>6</v>
       </c>
       <c r="E328" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="329" spans="1:5" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A329" s="133"/>
-      <c r="B329" s="136"/>
+      <c r="B329" s="129"/>
       <c r="C329" s="85" t="s">
         <v>321</v>
       </c>
       <c r="D329" s="15">
         <v>12</v>
       </c>
       <c r="E329" s="38">
         <v>26</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A330" s="147" t="s">
+      <c r="A330" s="124" t="s">
         <v>352</v>
       </c>
-      <c r="B330" s="134">
+      <c r="B330" s="127">
         <v>2024</v>
       </c>
       <c r="C330" s="83" t="s">
         <v>322</v>
       </c>
       <c r="D330" s="9">
         <v>4</v>
       </c>
       <c r="E330" s="35">
         <v>10</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A331" s="148"/>
-      <c r="B331" s="135"/>
+      <c r="A331" s="125"/>
+      <c r="B331" s="128"/>
       <c r="C331" s="84" t="s">
         <v>323</v>
       </c>
       <c r="D331" s="10">
         <v>6</v>
       </c>
       <c r="E331" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A332" s="148"/>
-      <c r="B332" s="135"/>
+      <c r="A332" s="125"/>
+      <c r="B332" s="128"/>
       <c r="C332" s="84" t="s">
         <v>324</v>
       </c>
       <c r="D332" s="10">
         <v>8</v>
       </c>
       <c r="E332" s="36">
         <v>18</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A333" s="148"/>
-      <c r="B333" s="135"/>
+      <c r="A333" s="125"/>
+      <c r="B333" s="128"/>
       <c r="C333" s="84" t="s">
         <v>325</v>
       </c>
       <c r="D333" s="10">
         <v>6</v>
       </c>
       <c r="E333" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A334" s="148"/>
-      <c r="B334" s="135"/>
+      <c r="A334" s="125"/>
+      <c r="B334" s="128"/>
       <c r="C334" s="84" t="s">
         <v>326</v>
       </c>
       <c r="D334" s="10">
         <v>16</v>
       </c>
       <c r="E334" s="36">
         <v>34</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A335" s="148"/>
-      <c r="B335" s="135"/>
+      <c r="A335" s="125"/>
+      <c r="B335" s="128"/>
       <c r="C335" s="84" t="s">
         <v>327</v>
       </c>
       <c r="D335" s="10">
         <v>4</v>
       </c>
       <c r="E335" s="36">
         <v>10</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A336" s="148"/>
-      <c r="B336" s="135"/>
+      <c r="A336" s="125"/>
+      <c r="B336" s="128"/>
       <c r="C336" s="84" t="s">
         <v>328</v>
       </c>
       <c r="D336" s="10">
         <v>6</v>
       </c>
       <c r="E336" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A337" s="148"/>
-      <c r="B337" s="135"/>
+      <c r="A337" s="125"/>
+      <c r="B337" s="128"/>
       <c r="C337" s="84" t="s">
         <v>329</v>
       </c>
       <c r="D337" s="10">
         <v>8</v>
       </c>
       <c r="E337" s="36">
         <v>18</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A338" s="148"/>
-      <c r="B338" s="135"/>
+      <c r="A338" s="125"/>
+      <c r="B338" s="128"/>
       <c r="C338" s="84" t="s">
         <v>330</v>
       </c>
       <c r="D338" s="10">
         <v>6</v>
       </c>
       <c r="E338" s="36">
         <v>14</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A339" s="148"/>
-      <c r="B339" s="135"/>
+      <c r="A339" s="125"/>
+      <c r="B339" s="128"/>
       <c r="C339" s="84" t="s">
         <v>331</v>
       </c>
       <c r="D339" s="10">
         <v>16</v>
       </c>
       <c r="E339" s="36">
         <v>34</v>
       </c>
     </row>
     <row r="340" spans="1:5" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A340" s="149"/>
-      <c r="B340" s="136"/>
+      <c r="A340" s="126"/>
+      <c r="B340" s="129"/>
       <c r="C340" s="85" t="s">
         <v>332</v>
       </c>
       <c r="D340" s="15">
         <v>13</v>
       </c>
       <c r="E340" s="38">
         <v>28</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A341" s="131" t="s">
+      <c r="A341" s="130" t="s">
         <v>353</v>
       </c>
-      <c r="B341" s="134">
+      <c r="B341" s="127">
         <v>2024</v>
       </c>
       <c r="C341" s="86" t="s">
         <v>333</v>
       </c>
       <c r="D341" s="9">
         <v>9</v>
       </c>
       <c r="E341" s="35">
         <v>20</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A342" s="132"/>
-      <c r="B342" s="135"/>
+      <c r="A342" s="131"/>
+      <c r="B342" s="128"/>
       <c r="C342" s="87" t="s">
         <v>334</v>
       </c>
       <c r="D342" s="10">
         <v>9</v>
       </c>
       <c r="E342" s="36">
         <v>20</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A343" s="132"/>
-      <c r="B343" s="135"/>
+      <c r="A343" s="131"/>
+      <c r="B343" s="128"/>
       <c r="C343" s="87" t="s">
         <v>335</v>
       </c>
       <c r="D343" s="10">
         <v>12</v>
       </c>
       <c r="E343" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A344" s="132"/>
-      <c r="B344" s="135"/>
+      <c r="A344" s="131"/>
+      <c r="B344" s="128"/>
       <c r="C344" s="87" t="s">
         <v>336</v>
       </c>
       <c r="D344" s="10">
         <v>12</v>
       </c>
       <c r="E344" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A345" s="132"/>
-      <c r="B345" s="135"/>
+      <c r="A345" s="131"/>
+      <c r="B345" s="128"/>
       <c r="C345" s="87" t="s">
         <v>409</v>
       </c>
       <c r="D345" s="10">
         <v>38</v>
       </c>
       <c r="E345" s="36">
         <v>35</v>
       </c>
     </row>
     <row r="346" spans="1:5" ht="45" x14ac:dyDescent="0.25">
-      <c r="A346" s="132"/>
-      <c r="B346" s="135"/>
+      <c r="A346" s="131"/>
+      <c r="B346" s="128"/>
       <c r="C346" s="87" t="s">
         <v>337</v>
       </c>
       <c r="D346" s="10">
         <v>5</v>
       </c>
       <c r="E346" s="36">
         <v>12</v>
       </c>
     </row>
     <row r="347" spans="1:5" ht="45" x14ac:dyDescent="0.25">
-      <c r="A347" s="137"/>
-      <c r="B347" s="150"/>
+      <c r="A347" s="132"/>
+      <c r="B347" s="134"/>
       <c r="C347" s="88" t="s">
         <v>338</v>
       </c>
       <c r="D347" s="11">
         <v>5</v>
       </c>
       <c r="E347" s="37">
         <v>12</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A348" s="137"/>
-      <c r="B348" s="150"/>
+      <c r="A348" s="132"/>
+      <c r="B348" s="134"/>
       <c r="C348" s="88" t="s">
         <v>339</v>
       </c>
       <c r="D348" s="11">
         <v>6</v>
       </c>
       <c r="E348" s="37">
         <v>14</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A349" s="137"/>
-      <c r="B349" s="150"/>
+      <c r="A349" s="132"/>
+      <c r="B349" s="134"/>
       <c r="C349" s="88" t="s">
         <v>410</v>
       </c>
       <c r="D349" s="11">
         <v>6</v>
       </c>
       <c r="E349" s="37">
         <v>14</v>
       </c>
     </row>
     <row r="350" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A350" s="133"/>
-      <c r="B350" s="136"/>
+      <c r="B350" s="129"/>
       <c r="C350" s="89" t="s">
         <v>411</v>
       </c>
       <c r="D350" s="15">
         <v>6</v>
       </c>
       <c r="E350" s="38">
         <v>14</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A351" s="151" t="s">
+      <c r="A351" s="135" t="s">
         <v>354</v>
       </c>
-      <c r="B351" s="134">
+      <c r="B351" s="127">
         <v>2024</v>
       </c>
       <c r="C351" s="90" t="s">
         <v>340</v>
       </c>
       <c r="D351" s="9">
         <v>12</v>
       </c>
       <c r="E351" s="45">
         <v>26</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A352" s="152"/>
-      <c r="B352" s="135"/>
+      <c r="A352" s="136"/>
+      <c r="B352" s="128"/>
       <c r="C352" s="91" t="s">
         <v>341</v>
       </c>
       <c r="D352" s="10">
         <v>20</v>
       </c>
       <c r="E352" s="36">
         <v>35</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A353" s="152"/>
-      <c r="B353" s="135"/>
+      <c r="A353" s="136"/>
+      <c r="B353" s="128"/>
       <c r="C353" s="91" t="s">
         <v>342</v>
       </c>
       <c r="D353" s="10">
         <v>24</v>
       </c>
       <c r="E353" s="36">
         <v>35</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A354" s="152"/>
-      <c r="B354" s="135"/>
+      <c r="A354" s="136"/>
+      <c r="B354" s="128"/>
       <c r="C354" s="91" t="s">
         <v>343</v>
       </c>
       <c r="D354" s="10">
         <v>18</v>
       </c>
       <c r="E354" s="36">
         <v>35</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A355" s="152"/>
-      <c r="B355" s="135"/>
+      <c r="A355" s="136"/>
+      <c r="B355" s="128"/>
       <c r="C355" s="91" t="s">
         <v>344</v>
       </c>
       <c r="D355" s="10">
         <v>24</v>
       </c>
       <c r="E355" s="36">
         <v>35</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A356" s="152"/>
-      <c r="B356" s="135"/>
+      <c r="A356" s="136"/>
+      <c r="B356" s="128"/>
       <c r="C356" s="91" t="s">
         <v>345</v>
       </c>
       <c r="D356" s="11">
         <v>12</v>
       </c>
       <c r="E356" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="357" spans="1:5" ht="30" x14ac:dyDescent="0.25">
-      <c r="A357" s="152"/>
-      <c r="B357" s="135"/>
+      <c r="A357" s="136"/>
+      <c r="B357" s="128"/>
       <c r="C357" s="91" t="s">
         <v>346</v>
       </c>
       <c r="D357" s="10">
         <v>12</v>
       </c>
       <c r="E357" s="36">
         <v>26</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A358" s="152"/>
-      <c r="B358" s="135"/>
+      <c r="A358" s="136"/>
+      <c r="B358" s="128"/>
       <c r="C358" s="91" t="s">
         <v>347</v>
       </c>
       <c r="D358" s="14">
         <v>9</v>
       </c>
       <c r="E358" s="36">
         <v>20</v>
       </c>
     </row>
     <row r="359" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A359" s="153"/>
-      <c r="B359" s="136"/>
+      <c r="A359" s="137"/>
+      <c r="B359" s="129"/>
       <c r="C359" s="92" t="s">
         <v>348</v>
       </c>
       <c r="D359" s="15">
         <v>6</v>
       </c>
       <c r="E359" s="46">
         <v>14</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A360" s="143" t="s">
+      <c r="A360" s="120" t="s">
         <v>355</v>
       </c>
-      <c r="B360" s="145">
+      <c r="B360" s="122">
         <v>2024</v>
       </c>
       <c r="C360" s="72" t="s">
         <v>356</v>
       </c>
       <c r="D360" s="9">
         <v>12</v>
       </c>
       <c r="E360" s="47">
         <v>26</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A361" s="144"/>
-      <c r="B361" s="146"/>
+      <c r="A361" s="121"/>
+      <c r="B361" s="123"/>
       <c r="C361" s="68" t="s">
         <v>357</v>
       </c>
       <c r="D361" s="10">
         <v>8</v>
       </c>
       <c r="E361" s="48">
         <v>18</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A362" s="144"/>
-      <c r="B362" s="146"/>
+      <c r="A362" s="121"/>
+      <c r="B362" s="123"/>
       <c r="C362" s="68" t="s">
         <v>358</v>
       </c>
       <c r="D362" s="10">
         <v>12</v>
       </c>
       <c r="E362" s="48">
         <v>26</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A363" s="144"/>
-      <c r="B363" s="146"/>
+      <c r="A363" s="121"/>
+      <c r="B363" s="123"/>
       <c r="C363" s="68" t="s">
         <v>359</v>
       </c>
       <c r="D363" s="10">
         <v>18</v>
       </c>
       <c r="E363" s="48">
         <v>35</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A364" s="144"/>
-      <c r="B364" s="146"/>
+      <c r="A364" s="121"/>
+      <c r="B364" s="123"/>
       <c r="C364" s="68" t="s">
         <v>360</v>
       </c>
       <c r="D364" s="10">
         <v>9</v>
       </c>
       <c r="E364" s="48">
         <v>20</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A365" s="144"/>
-      <c r="B365" s="146"/>
+      <c r="A365" s="121"/>
+      <c r="B365" s="123"/>
       <c r="C365" s="68" t="s">
         <v>361</v>
       </c>
       <c r="D365" s="10">
         <v>11</v>
       </c>
       <c r="E365" s="48">
         <v>24</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A366" s="144"/>
-      <c r="B366" s="146"/>
+      <c r="A366" s="121"/>
+      <c r="B366" s="123"/>
       <c r="C366" s="68" t="s">
         <v>362</v>
       </c>
       <c r="D366" s="10">
         <v>18</v>
       </c>
       <c r="E366" s="48">
         <v>35</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A367" s="144"/>
-      <c r="B367" s="146"/>
+      <c r="A367" s="121"/>
+      <c r="B367" s="123"/>
       <c r="C367" s="68" t="s">
         <v>363</v>
       </c>
       <c r="D367" s="10">
         <v>12</v>
       </c>
       <c r="E367" s="48">
         <v>26</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A368" s="144"/>
-      <c r="B368" s="146"/>
+      <c r="A368" s="121"/>
+      <c r="B368" s="123"/>
       <c r="C368" s="68" t="s">
         <v>364</v>
       </c>
       <c r="D368" s="10">
         <v>12</v>
       </c>
       <c r="E368" s="48">
         <v>26</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A369" s="144"/>
-      <c r="B369" s="146"/>
+      <c r="A369" s="121"/>
+      <c r="B369" s="123"/>
       <c r="C369" s="68" t="s">
         <v>365</v>
       </c>
       <c r="D369" s="10">
         <v>18</v>
       </c>
       <c r="E369" s="48">
         <v>35</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A370" s="144"/>
-      <c r="B370" s="146"/>
+      <c r="A370" s="121"/>
+      <c r="B370" s="123"/>
       <c r="C370" s="68" t="s">
         <v>366</v>
       </c>
       <c r="D370" s="10">
         <v>6</v>
       </c>
       <c r="E370" s="48">
         <v>14</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A371" s="144"/>
-      <c r="B371" s="146"/>
+      <c r="A371" s="121"/>
+      <c r="B371" s="123"/>
       <c r="C371" s="68" t="s">
         <v>367</v>
       </c>
       <c r="D371" s="10">
         <v>24</v>
       </c>
       <c r="E371" s="48">
         <v>35</v>
       </c>
     </row>
     <row r="372" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A372" s="144"/>
-      <c r="B372" s="146"/>
+      <c r="A372" s="121"/>
+      <c r="B372" s="123"/>
       <c r="C372" s="74" t="s">
         <v>368</v>
       </c>
       <c r="D372" s="11">
         <v>12</v>
       </c>
       <c r="E372" s="49">
         <v>26</v>
       </c>
     </row>
     <row r="373" spans="1:5" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A373" s="165" t="s">
+      <c r="A373" s="118" t="s">
         <v>395</v>
       </c>
-      <c r="B373" s="164">
+      <c r="B373" s="117">
         <v>2024</v>
       </c>
       <c r="C373" s="93" t="s">
         <v>369</v>
       </c>
       <c r="D373" s="22">
         <v>6</v>
       </c>
       <c r="E373" s="50">
         <v>14</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A374" s="166"/>
-      <c r="B374" s="163"/>
+      <c r="A374" s="119"/>
+      <c r="B374" s="116"/>
       <c r="C374" s="94" t="s">
         <v>370</v>
       </c>
       <c r="D374" s="21">
         <v>6</v>
       </c>
       <c r="E374" s="48">
         <v>14</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A375" s="166"/>
-      <c r="B375" s="163"/>
+      <c r="A375" s="119"/>
+      <c r="B375" s="116"/>
       <c r="C375" s="94" t="s">
         <v>371</v>
       </c>
       <c r="D375" s="21">
         <v>6</v>
       </c>
       <c r="E375" s="48">
         <v>14</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A376" s="166"/>
-      <c r="B376" s="163"/>
+      <c r="A376" s="119"/>
+      <c r="B376" s="116"/>
       <c r="C376" s="94" t="s">
         <v>372</v>
       </c>
       <c r="D376" s="21">
         <v>6</v>
       </c>
       <c r="E376" s="48">
         <v>14</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A377" s="166"/>
-      <c r="B377" s="163"/>
+      <c r="A377" s="119"/>
+      <c r="B377" s="116"/>
       <c r="C377" s="94" t="s">
         <v>373</v>
       </c>
       <c r="D377" s="21">
         <v>6</v>
       </c>
       <c r="E377" s="48">
         <v>14</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A378" s="166"/>
-      <c r="B378" s="163"/>
+      <c r="A378" s="119"/>
+      <c r="B378" s="116"/>
       <c r="C378" s="94" t="s">
         <v>374</v>
       </c>
       <c r="D378" s="21">
         <v>12</v>
       </c>
       <c r="E378" s="48">
         <v>26</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A379" s="166"/>
-      <c r="B379" s="163"/>
+      <c r="A379" s="119"/>
+      <c r="B379" s="116"/>
       <c r="C379" s="94" t="s">
         <v>375</v>
       </c>
       <c r="D379" s="21">
         <v>12</v>
       </c>
       <c r="E379" s="48">
         <v>26</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A380" s="166"/>
-      <c r="B380" s="163"/>
+      <c r="A380" s="119"/>
+      <c r="B380" s="116"/>
       <c r="C380" s="94" t="s">
         <v>376</v>
       </c>
       <c r="D380" s="21">
         <v>6</v>
       </c>
       <c r="E380" s="48">
         <v>14</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A381" s="166"/>
-      <c r="B381" s="163"/>
+      <c r="A381" s="119"/>
+      <c r="B381" s="116"/>
       <c r="C381" s="94" t="s">
         <v>377</v>
       </c>
       <c r="D381" s="21">
         <v>6</v>
       </c>
       <c r="E381" s="48">
         <v>14</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A382" s="166"/>
-      <c r="B382" s="163"/>
+      <c r="A382" s="119"/>
+      <c r="B382" s="116"/>
       <c r="C382" s="94" t="s">
         <v>378</v>
       </c>
       <c r="D382" s="21">
         <v>6</v>
       </c>
       <c r="E382" s="48">
         <v>14</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A383" s="166"/>
-      <c r="B383" s="163"/>
+      <c r="A383" s="119"/>
+      <c r="B383" s="116"/>
       <c r="C383" s="94" t="s">
         <v>379</v>
       </c>
       <c r="D383" s="21">
         <v>6</v>
       </c>
       <c r="E383" s="48">
         <v>14</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A384" s="166"/>
-      <c r="B384" s="163"/>
+      <c r="A384" s="119"/>
+      <c r="B384" s="116"/>
       <c r="C384" s="94" t="s">
         <v>380</v>
       </c>
       <c r="D384" s="21">
         <v>12</v>
       </c>
       <c r="E384" s="48">
         <v>26</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A385" s="166"/>
-      <c r="B385" s="163"/>
+      <c r="A385" s="119"/>
+      <c r="B385" s="116"/>
       <c r="C385" s="94" t="s">
         <v>381</v>
       </c>
       <c r="D385" s="21">
         <v>12</v>
       </c>
       <c r="E385" s="48">
         <v>26</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A386" s="166"/>
-      <c r="B386" s="163"/>
+      <c r="A386" s="119"/>
+      <c r="B386" s="116"/>
       <c r="C386" s="94" t="s">
         <v>382</v>
       </c>
       <c r="D386" s="21">
         <v>6</v>
       </c>
       <c r="E386" s="48">
         <v>14</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A387" s="166"/>
-      <c r="B387" s="163"/>
+      <c r="A387" s="119"/>
+      <c r="B387" s="116"/>
       <c r="C387" s="94" t="s">
         <v>383</v>
       </c>
       <c r="D387" s="21">
         <v>14</v>
       </c>
       <c r="E387" s="48">
         <v>30</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A388" s="166"/>
-      <c r="B388" s="163"/>
+      <c r="A388" s="119"/>
+      <c r="B388" s="116"/>
       <c r="C388" s="94" t="s">
         <v>384</v>
       </c>
       <c r="D388" s="21">
         <v>24</v>
       </c>
       <c r="E388" s="48">
         <v>35</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A389" s="166"/>
-      <c r="B389" s="163"/>
+      <c r="A389" s="119"/>
+      <c r="B389" s="116"/>
       <c r="C389" s="94" t="s">
         <v>385</v>
       </c>
       <c r="D389" s="21">
         <v>6</v>
       </c>
       <c r="E389" s="48">
         <v>14</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A390" s="166"/>
-      <c r="B390" s="163"/>
+      <c r="A390" s="119"/>
+      <c r="B390" s="116"/>
       <c r="C390" s="94" t="s">
         <v>386</v>
       </c>
       <c r="D390" s="21">
         <v>14</v>
       </c>
       <c r="E390" s="48">
         <v>30</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A391" s="166"/>
-      <c r="B391" s="163"/>
+      <c r="A391" s="119"/>
+      <c r="B391" s="116"/>
       <c r="C391" s="94" t="s">
         <v>387</v>
       </c>
       <c r="D391" s="21">
         <v>24</v>
       </c>
       <c r="E391" s="48">
         <v>35</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A392" s="166"/>
-      <c r="B392" s="163"/>
+      <c r="A392" s="119"/>
+      <c r="B392" s="116"/>
       <c r="C392" s="94" t="s">
         <v>388</v>
       </c>
       <c r="D392" s="23">
         <v>6</v>
       </c>
       <c r="E392" s="48">
         <v>14</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A393" s="166"/>
-      <c r="B393" s="163"/>
+      <c r="A393" s="119"/>
+      <c r="B393" s="116"/>
       <c r="C393" s="94" t="s">
         <v>389</v>
       </c>
       <c r="D393" s="23">
         <v>14</v>
       </c>
       <c r="E393" s="48">
         <v>30</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A394" s="166"/>
-      <c r="B394" s="163"/>
+      <c r="A394" s="119"/>
+      <c r="B394" s="116"/>
       <c r="C394" s="94" t="s">
         <v>390</v>
       </c>
       <c r="D394" s="23">
         <v>24</v>
       </c>
       <c r="E394" s="48">
         <v>35</v>
       </c>
     </row>
     <row r="395" spans="1:5" ht="30" x14ac:dyDescent="0.25">
-      <c r="A395" s="166"/>
-      <c r="B395" s="163"/>
+      <c r="A395" s="119"/>
+      <c r="B395" s="116"/>
       <c r="C395" s="94" t="s">
         <v>391</v>
       </c>
       <c r="D395" s="23">
         <v>14</v>
       </c>
       <c r="E395" s="48">
         <v>30</v>
       </c>
     </row>
     <row r="396" spans="1:5" ht="30" x14ac:dyDescent="0.25">
-      <c r="A396" s="166"/>
-      <c r="B396" s="163"/>
+      <c r="A396" s="119"/>
+      <c r="B396" s="116"/>
       <c r="C396" s="94" t="s">
         <v>392</v>
       </c>
       <c r="D396" s="23">
         <v>24</v>
       </c>
       <c r="E396" s="48">
         <v>35</v>
       </c>
     </row>
     <row r="397" spans="1:5" ht="30" x14ac:dyDescent="0.25">
-      <c r="A397" s="166"/>
-      <c r="B397" s="163"/>
+      <c r="A397" s="119"/>
+      <c r="B397" s="116"/>
       <c r="C397" s="94" t="s">
         <v>393</v>
       </c>
       <c r="D397" s="23">
         <v>14</v>
       </c>
       <c r="E397" s="48">
         <v>30</v>
       </c>
     </row>
     <row r="398" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A398" s="166"/>
-      <c r="B398" s="163"/>
+      <c r="A398" s="119"/>
+      <c r="B398" s="116"/>
       <c r="C398" s="94" t="s">
         <v>394</v>
       </c>
       <c r="D398" s="23">
         <v>14</v>
       </c>
       <c r="E398" s="51">
         <v>30</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A399" s="160" t="s">
+      <c r="A399" s="113" t="s">
         <v>442</v>
       </c>
-      <c r="B399" s="162">
+      <c r="B399" s="115">
         <v>2025</v>
       </c>
       <c r="C399" s="95" t="s">
         <v>424</v>
       </c>
       <c r="D399" s="26">
         <v>5</v>
       </c>
       <c r="E399" s="52">
         <v>12</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A400" s="161"/>
-      <c r="B400" s="163"/>
+      <c r="A400" s="114"/>
+      <c r="B400" s="116"/>
       <c r="C400" s="96" t="s">
         <v>425</v>
       </c>
       <c r="D400" s="27">
         <v>6</v>
       </c>
       <c r="E400" s="53">
         <v>14</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A401" s="161"/>
-      <c r="B401" s="163"/>
+      <c r="A401" s="114"/>
+      <c r="B401" s="116"/>
       <c r="C401" s="96" t="s">
         <v>426</v>
       </c>
       <c r="D401" s="27">
         <v>6</v>
       </c>
       <c r="E401" s="53">
         <v>14</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A402" s="161"/>
-      <c r="B402" s="163"/>
+      <c r="A402" s="114"/>
+      <c r="B402" s="116"/>
       <c r="C402" s="96" t="s">
         <v>427</v>
       </c>
       <c r="D402" s="27">
         <v>21</v>
       </c>
       <c r="E402" s="53">
         <v>35</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A403" s="161"/>
-      <c r="B403" s="163"/>
+      <c r="A403" s="114"/>
+      <c r="B403" s="116"/>
       <c r="C403" s="96" t="s">
         <v>428</v>
       </c>
       <c r="D403" s="27">
         <v>4.5</v>
       </c>
       <c r="E403" s="53">
         <v>11</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A404" s="161"/>
-      <c r="B404" s="163"/>
+      <c r="A404" s="114"/>
+      <c r="B404" s="116"/>
       <c r="C404" s="96" t="s">
         <v>429</v>
       </c>
       <c r="D404" s="27">
         <v>6</v>
       </c>
       <c r="E404" s="53">
         <v>14</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A405" s="161"/>
-      <c r="B405" s="163"/>
+      <c r="A405" s="114"/>
+      <c r="B405" s="116"/>
       <c r="C405" s="96" t="s">
         <v>430</v>
       </c>
       <c r="D405" s="27">
         <v>6</v>
       </c>
       <c r="E405" s="53">
         <v>14</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A406" s="161"/>
-      <c r="B406" s="163"/>
+      <c r="A406" s="114"/>
+      <c r="B406" s="116"/>
       <c r="C406" s="96" t="s">
         <v>431</v>
       </c>
       <c r="D406" s="27">
         <v>21.5</v>
       </c>
       <c r="E406" s="53">
         <v>35</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A407" s="161"/>
-      <c r="B407" s="163"/>
+      <c r="A407" s="114"/>
+      <c r="B407" s="116"/>
       <c r="C407" s="96" t="s">
         <v>432</v>
       </c>
       <c r="D407" s="27">
         <v>6</v>
       </c>
       <c r="E407" s="53">
         <v>14</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A408" s="161"/>
-      <c r="B408" s="163"/>
+      <c r="A408" s="114"/>
+      <c r="B408" s="116"/>
       <c r="C408" s="96" t="s">
         <v>433</v>
       </c>
       <c r="D408" s="27">
         <v>6</v>
       </c>
       <c r="E408" s="53">
         <v>14</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A409" s="161"/>
-      <c r="B409" s="163"/>
+      <c r="A409" s="114"/>
+      <c r="B409" s="116"/>
       <c r="C409" s="96" t="s">
         <v>434</v>
       </c>
       <c r="D409" s="27">
         <v>12</v>
       </c>
       <c r="E409" s="53">
         <v>26</v>
       </c>
     </row>
     <row r="410" spans="1:5" ht="30" x14ac:dyDescent="0.25">
-      <c r="A410" s="161"/>
-      <c r="B410" s="163"/>
+      <c r="A410" s="114"/>
+      <c r="B410" s="116"/>
       <c r="C410" s="96" t="s">
         <v>435</v>
       </c>
       <c r="D410" s="27">
         <v>10</v>
       </c>
       <c r="E410" s="53">
         <v>22</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A411" s="161"/>
-      <c r="B411" s="163"/>
+      <c r="A411" s="114"/>
+      <c r="B411" s="116"/>
       <c r="C411" s="96" t="s">
         <v>436</v>
       </c>
       <c r="D411" s="27">
         <v>6</v>
       </c>
       <c r="E411" s="53">
         <v>14</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A412" s="161"/>
-      <c r="B412" s="163"/>
+      <c r="A412" s="114"/>
+      <c r="B412" s="116"/>
       <c r="C412" s="96" t="s">
         <v>437</v>
       </c>
       <c r="D412" s="27">
         <v>12</v>
       </c>
       <c r="E412" s="53">
         <v>26</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A413" s="161"/>
-      <c r="B413" s="163"/>
+      <c r="A413" s="114"/>
+      <c r="B413" s="116"/>
       <c r="C413" s="96" t="s">
         <v>438</v>
       </c>
       <c r="D413" s="27">
         <v>12</v>
       </c>
       <c r="E413" s="53">
         <v>26</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A414" s="161"/>
-      <c r="B414" s="163"/>
+      <c r="A414" s="114"/>
+      <c r="B414" s="116"/>
       <c r="C414" s="96" t="s">
         <v>439</v>
       </c>
       <c r="D414" s="27">
         <v>6</v>
       </c>
       <c r="E414" s="53">
         <v>14</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A415" s="161"/>
-      <c r="B415" s="163"/>
+      <c r="A415" s="114"/>
+      <c r="B415" s="116"/>
       <c r="C415" s="96" t="s">
         <v>440</v>
       </c>
       <c r="D415" s="27">
         <v>3</v>
       </c>
       <c r="E415" s="53">
         <v>8</v>
       </c>
     </row>
     <row r="416" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A416" s="161"/>
-      <c r="B416" s="163"/>
+      <c r="A416" s="114"/>
+      <c r="B416" s="116"/>
       <c r="C416" s="97" t="s">
         <v>441</v>
       </c>
       <c r="D416" s="54">
         <v>9</v>
       </c>
       <c r="E416" s="55">
         <v>20</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A417" s="157" t="s">
+      <c r="A417" s="110" t="s">
         <v>448</v>
       </c>
-      <c r="B417" s="154">
+      <c r="B417" s="107">
         <v>2025</v>
       </c>
       <c r="C417" s="95" t="s">
         <v>443</v>
       </c>
       <c r="D417" s="58">
         <v>8</v>
       </c>
       <c r="E417" s="56">
         <v>18</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A418" s="158"/>
-      <c r="B418" s="155"/>
+      <c r="A418" s="111"/>
+      <c r="B418" s="108"/>
       <c r="C418" s="96" t="s">
         <v>444</v>
       </c>
       <c r="D418" s="59">
         <v>12</v>
       </c>
       <c r="E418" s="57">
         <v>26</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A419" s="158"/>
-      <c r="B419" s="155"/>
+      <c r="A419" s="111"/>
+      <c r="B419" s="108"/>
       <c r="C419" s="96" t="s">
         <v>445</v>
       </c>
       <c r="D419" s="59">
         <v>24</v>
       </c>
       <c r="E419" s="57">
         <v>35</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A420" s="158"/>
-      <c r="B420" s="155"/>
+      <c r="A420" s="111"/>
+      <c r="B420" s="108"/>
       <c r="C420" s="96" t="s">
         <v>446</v>
       </c>
       <c r="D420" s="59">
         <v>8</v>
       </c>
       <c r="E420" s="57">
         <v>18</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A421" s="158"/>
-      <c r="B421" s="155"/>
+      <c r="A421" s="111"/>
+      <c r="B421" s="108"/>
       <c r="C421" s="96" t="s">
         <v>444</v>
       </c>
       <c r="D421" s="59">
         <v>12</v>
       </c>
       <c r="E421" s="57">
         <v>26</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A422" s="158"/>
-      <c r="B422" s="155"/>
+      <c r="A422" s="111"/>
+      <c r="B422" s="108"/>
       <c r="C422" s="96" t="s">
         <v>445</v>
       </c>
       <c r="D422" s="59">
         <v>24</v>
       </c>
       <c r="E422" s="57">
         <v>35</v>
       </c>
     </row>
     <row r="423" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A423" s="159"/>
-      <c r="B423" s="156"/>
+      <c r="A423" s="112"/>
+      <c r="B423" s="109"/>
       <c r="C423" s="97" t="s">
         <v>447</v>
       </c>
       <c r="D423" s="100">
         <v>9</v>
       </c>
       <c r="E423" s="101">
         <v>20</v>
       </c>
     </row>
     <row r="424" spans="1:5" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A424" s="106" t="s">
         <v>454</v>
       </c>
       <c r="B424" s="102">
         <v>2025</v>
       </c>
       <c r="C424" s="103" t="s">
         <v>455</v>
       </c>
       <c r="D424" s="104">
         <v>12</v>
       </c>
       <c r="E424" s="105">
         <v>26</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="64">
-    <mergeCell ref="B417:B423"/>
-[...18 lines deleted...]
-    <mergeCell ref="B288:B323"/>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A4:A12"/>
+    <mergeCell ref="B4:B12"/>
+    <mergeCell ref="A13:A26"/>
+    <mergeCell ref="B13:B26"/>
+    <mergeCell ref="A27:A38"/>
+    <mergeCell ref="B27:B38"/>
+    <mergeCell ref="A39:A44"/>
+    <mergeCell ref="B39:B44"/>
+    <mergeCell ref="A45:A80"/>
+    <mergeCell ref="B45:B80"/>
+    <mergeCell ref="A111:A127"/>
+    <mergeCell ref="B111:B127"/>
+    <mergeCell ref="A129:A139"/>
+    <mergeCell ref="B129:B139"/>
+    <mergeCell ref="A81:A88"/>
+    <mergeCell ref="B81:B88"/>
+    <mergeCell ref="A89:A99"/>
+    <mergeCell ref="B89:B99"/>
+    <mergeCell ref="A100:A110"/>
+    <mergeCell ref="B100:B110"/>
+    <mergeCell ref="A140:A169"/>
+    <mergeCell ref="B140:B169"/>
+    <mergeCell ref="A170:A174"/>
+    <mergeCell ref="B170:B174"/>
+    <mergeCell ref="A175:A185"/>
+    <mergeCell ref="B175:B185"/>
+    <mergeCell ref="A186:A205"/>
+    <mergeCell ref="B186:B205"/>
+    <mergeCell ref="A206:A228"/>
+    <mergeCell ref="B206:B228"/>
+    <mergeCell ref="A229:A244"/>
+    <mergeCell ref="B229:B244"/>
     <mergeCell ref="A269:A273"/>
     <mergeCell ref="B269:B273"/>
     <mergeCell ref="A274:A280"/>
     <mergeCell ref="B274:B280"/>
     <mergeCell ref="A245:A253"/>
     <mergeCell ref="B245:B253"/>
     <mergeCell ref="A254:A259"/>
     <mergeCell ref="B254:B259"/>
     <mergeCell ref="A260:A268"/>
     <mergeCell ref="B260:B268"/>
-    <mergeCell ref="A186:A205"/>
-[...32 lines deleted...]
-    <mergeCell ref="B13:B26"/>
+    <mergeCell ref="A325:A329"/>
+    <mergeCell ref="B325:B329"/>
+    <mergeCell ref="A281:A287"/>
+    <mergeCell ref="B281:B287"/>
+    <mergeCell ref="A288:A323"/>
+    <mergeCell ref="B288:B323"/>
+    <mergeCell ref="A360:A372"/>
+    <mergeCell ref="B360:B372"/>
+    <mergeCell ref="A330:A340"/>
+    <mergeCell ref="B330:B340"/>
+    <mergeCell ref="A341:A350"/>
+    <mergeCell ref="B341:B350"/>
+    <mergeCell ref="A351:A359"/>
+    <mergeCell ref="B351:B359"/>
+    <mergeCell ref="B417:B423"/>
+    <mergeCell ref="A417:A423"/>
+    <mergeCell ref="A399:A416"/>
+    <mergeCell ref="B399:B416"/>
+    <mergeCell ref="B373:B398"/>
+    <mergeCell ref="A373:A398"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A4:A12" r:id="rId1" display="Universidad Pública de Navarra (UPNA) / Nafarroako Unibertsitate Publikoa (NUP)"/>
     <hyperlink ref="A13:A26" r:id="rId2" display="Universidad de Navarra (UN)"/>
     <hyperlink ref="A39:A44" r:id="rId3" display="Universidad de la Rioja (UR)"/>
     <hyperlink ref="A45:A80" r:id="rId4" display="Universidad Internacional de Valencia (VIU)"/>
     <hyperlink ref="A81:A88" r:id="rId5" display="Unversidad de Valladolid (UVa)"/>
     <hyperlink ref="A89:A99" r:id="rId6" display="Universidad a Distancia de Madrid (UDIMA)"/>
     <hyperlink ref="A100:A110" r:id="rId7" display="Universidad de Zaragoza (UNIZAR)"/>
     <hyperlink ref="A111:A127" r:id="rId8" display="Universidad Camilo José Cela (UCJC)"/>
     <hyperlink ref="A128" r:id="rId9"/>
     <hyperlink ref="A129:A139" r:id="rId10" display="Universidad Pontificia de Salamanca (UPSA)"/>
     <hyperlink ref="A140:A169" r:id="rId11" display="Universidad Europea de Madrid (UEM)"/>
     <hyperlink ref="A186:A205" r:id="rId12" display="Universidad Internacional Isabel I de Castilla (UI1)"/>
     <hyperlink ref="A206:A228" r:id="rId13" display="Universidad Antonio de Nebrija (UAN)"/>
     <hyperlink ref="A229:A244" r:id="rId14" display="Universidad Alfonso X El Sabio (UAX)"/>
     <hyperlink ref="A245:A253" r:id="rId15" display="Universidad Francisco de Vitoria (UFV)"/>
     <hyperlink ref="A260:A268" r:id="rId16" display="Universidad del Atlantico Medio (UNIDAM)"/>
     <hyperlink ref="A269:A273" r:id="rId17" display="Universidad Católica Santa Teresa de Jesús de Ávila (UCA)"/>
     <hyperlink ref="A274:A280" r:id="rId18" display="Universidad Católica San Antonio de Murcia (UCAM)"/>
     <hyperlink ref="A281:A287" r:id="rId19" display="Universidad Cardenal Herrera (CEU)"/>
     <hyperlink ref="A288:A323" r:id="rId20" display="Universidad Internacional de la Rioja (UNIR)"/>
     <hyperlink ref="A27:A38" r:id="rId21" display="Universidad Nacional de Educación a Distancia (UNED)"/>
     <hyperlink ref="A175:A185" r:id="rId22" display="Universidad Europea de Valencia (UEV)"/>
     <hyperlink ref="A254:A259" r:id="rId23" display="Universitat Oberta de Catalunya (UOC)"/>